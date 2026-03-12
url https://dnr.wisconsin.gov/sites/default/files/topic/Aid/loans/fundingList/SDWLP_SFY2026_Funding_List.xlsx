--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -1,91 +1,102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\chriske\Desktop\Up Down Load\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6FA87EAC-E393-4A21-8B61-73B87525F3F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A05A59EC-7300-4F32-A0CB-83A7D9154697}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{8476A4E2-D78E-4600-AB1D-FCD228AA429E}"/>
   </bookViews>
   <sheets>
     <sheet name="Base Funding List" sheetId="13" r:id="rId1"/>
     <sheet name="EC Program" sheetId="11" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Base Funding List'!$A$1:$CG$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'EC Program'!$A$2:$T$20</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Base Funding List'!$A$1:$CB$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'EC Program'!$A$4:$EC$4</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Base Funding List'!$A$1:$U$107</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'EC Program'!$A$2:$T$19</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="P97" i="13" l="1"/>
+  <c r="S97" i="13"/>
+  <c r="T97" i="13"/>
+  <c r="U97" i="13"/>
+  <c r="O97" i="13"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="898" uniqueCount="390">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="875" uniqueCount="383">
   <si>
     <t>Project Description</t>
   </si>
   <si>
     <t>CME</t>
   </si>
   <si>
     <t>Region</t>
   </si>
   <si>
     <t>Cassidy</t>
   </si>
   <si>
     <t>Noreika</t>
   </si>
   <si>
     <t>ALTOONA, CITY OF</t>
   </si>
   <si>
     <t>5209-09</t>
   </si>
   <si>
     <t>Water System Consolidation: Concept 2</t>
   </si>
   <si>
@@ -277,53 +288,50 @@
   <si>
     <t>Replace WMs on Front and Beaver Streets</t>
   </si>
   <si>
     <t>WAUZEKA, VILLAGE OF</t>
   </si>
   <si>
     <t>4932-05</t>
   </si>
   <si>
     <t>Replace WMs on Dousman Street</t>
   </si>
   <si>
     <t>MINERAL POINT, CITY OF</t>
   </si>
   <si>
     <t>5446-12</t>
   </si>
   <si>
     <t>Replace WMs on Commerce and South Streets</t>
   </si>
   <si>
     <t>Bushby</t>
   </si>
   <si>
-    <t>IRON RIDGE, VILLAGE OF</t>
-[...1 lines deleted...]
-  <si>
     <t>5608-02</t>
   </si>
   <si>
     <t>Replace WMs in the North Main Street Area</t>
   </si>
   <si>
     <t>RICE LAKE, CITY OF</t>
   </si>
   <si>
     <t>5513-09</t>
   </si>
   <si>
     <t>Replace WM on Wisconsin Ave</t>
   </si>
   <si>
     <t>WISCONSIN DELLS, CITY OF</t>
   </si>
   <si>
     <t>4996-06</t>
   </si>
   <si>
     <t>Replace WM on Wis Dells Pkwy USH 12</t>
   </si>
   <si>
     <t>BAGLEY, VILLAGE OF</t>
@@ -745,90 +753,78 @@
   <si>
     <t>4869-08</t>
   </si>
   <si>
     <t>4878-05</t>
   </si>
   <si>
     <t>Construct Looping Main on CTH F</t>
   </si>
   <si>
     <t>4989-12</t>
   </si>
   <si>
     <t>Construct Looping Main between Case and 3rd Streets</t>
   </si>
   <si>
     <t>MATTOON, VILLAGE OF</t>
   </si>
   <si>
     <t>4842-06</t>
   </si>
   <si>
     <t>Construct Looping Main</t>
   </si>
   <si>
-    <t>5373-08</t>
-[...4 lines deleted...]
-  <si>
     <t>5690-01</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>BASE</t>
   </si>
   <si>
     <t>Program</t>
   </si>
   <si>
     <t>Burk</t>
   </si>
   <si>
     <t>Olson</t>
   </si>
   <si>
     <t>Martorano</t>
   </si>
   <si>
     <t>Replace WM on Lincoln Ave and Woodlawn Dr</t>
   </si>
   <si>
     <t>4920-56</t>
   </si>
   <si>
-    <t>Consolidate Lake Forest Water System</t>
-[...1 lines deleted...]
-  <si>
     <t>Construct Well #12 Reservoir</t>
-  </si>
-[...1 lines deleted...]
-    <t>4837-14</t>
   </si>
   <si>
     <t>4837-16</t>
   </si>
   <si>
     <t>PF Points</t>
   </si>
   <si>
     <t>Extend WM on Idol Ave</t>
   </si>
   <si>
     <t>4909-09</t>
   </si>
   <si>
     <t>Priority Score</t>
   </si>
   <si>
     <r>
       <t>Financial Need Points</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="11"/>
@@ -1218,122 +1214,93 @@
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>HALES CORNERS, VILLAGE OF</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
-      <t>BROCKWAY SD #1</t>
-[...13 lines deleted...]
-    <r>
       <t>PRAIRIE DU CHIEN, CITY OF</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>GREEN LAKE, CITY OF</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>PALMYRA, VILLAGE OF</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>WESTON, VILLAGE OF</t>
-    </r>
-[...12 lines deleted...]
-      <t>BROCKWAY SD #1</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>MADISON, CITY OF</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
@@ -1365,65 +1332,50 @@
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
       <t>PALMYRA, VILLAGE OF</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">    Total EC PF Available = $53,116,935</t>
   </si>
   <si>
     <t>Wis. Stats 281.61 (8)(bL) mandates that in any biennium, no applicant may receive more than 25% of the amount of financial assistance planned to be provided for projects for that biennium. For the 2025-2027 biennium, the 25% limit is $95,000,000.</t>
-  </si>
-[...13 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">1 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Designated as a Federal Equivalency project.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
@@ -1509,53 +1461,50 @@
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">6 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Project is last on the funding list to be allocated principal forgiveness.  Project is allocated the remaining PF amount and may be eligible to receive more PF if it becomes available.</t>
     </r>
   </si>
   <si>
     <t>Construct Well No. 9 (EC2)</t>
   </si>
   <si>
-    <t>Construct Well #3; Abandon Well #1 (EC2)</t>
-[...1 lines deleted...]
-  <si>
     <t>Construct Well #5 due to PFAS (EC2)</t>
   </si>
   <si>
     <t>Treat Well #3 for PFAs (EC1)</t>
   </si>
   <si>
     <t>Construct Temporary PFAS Treatment at Well #2 (EC1)</t>
   </si>
   <si>
     <t xml:space="preserve">Construct Permanent PFAS Treatment at Well #1 (EC1) </t>
   </si>
   <si>
     <t>Connect to MWW Water System due to PFAS (EC2)</t>
   </si>
   <si>
     <t>Replace WM on S Clinton, S Howard, Harvard, &amp; Wisconsin</t>
   </si>
   <si>
     <t>Construct New CL contact tank/UV disinfect/pumps</t>
   </si>
   <si>
     <t>Hwy 16 Water Trans. Main for PFAS Mitigation–North (EC2)</t>
   </si>
   <si>
     <t>Hwy 16 Water Trans. Main for PFAS Mitigation–South (EC2)</t>
@@ -1749,125 +1698,133 @@
       <t>LA CROSSE, CITY OF</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1,2,7</t>
     </r>
   </si>
   <si>
     <r>
       <t>RHINELANDER, CITY OF</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>1,2</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>The Safe Drinking Water Act (SDWA) requires 15% of available funds to be allocated to systems serving a population of less than 10,000. This funding list allocates 52.5% of available funds to these systems.</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">7 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Green Tier Legacy Community; </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>Project is eligible for an additional 10% PF, up to a maximum of 70%</t>
     </r>
   </si>
   <si>
     <t>TURTLE LAKE, VILLAGE OF</t>
   </si>
   <si>
+    <t>Highway 16 Water Transmission Main for PFAS Mitigation – North (EC2)</t>
+  </si>
+  <si>
+    <t>Highway 16 Water Transmission Main for PFAS Mitigation – South (EC2)</t>
+  </si>
+  <si>
     <r>
-      <t>JUNCTION CITY, VILLAGE OF</t>
+      <t>IRON RIDGE, VILLAGE OF</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>6</t>
     </r>
   </si>
   <si>
-    <t>Highway 16 Water Transmission Main for PFAS Mitigation – North (EC2)</t>
-[...2 lines deleted...]
-    <t>Highway 16 Water Transmission Main for PFAS Mitigation – South (EC2)</t>
+    <t>Construct Well #3; Abandon Well #1</t>
+  </si>
+  <si>
+    <t>BROCKWAY SD #1</t>
+  </si>
+  <si>
+    <t>The Safe Drinking Water Act (SDWA) requires 15% of available funds to be allocated to systems serving a population of less than 10,000. This funding list allocates 50.0% of available funds to these systems.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="9">
+  <numFmts count="11">
     <numFmt numFmtId="5" formatCode="&quot;$&quot;#,##0_);\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="_(#,##0_);\-_(#,##0_)"/>
     <numFmt numFmtId="167" formatCode="_ #,##0_);_ \-\ #,##0_);_ #,##0_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="&quot;$&quot;#,##0"/>
+    <numFmt numFmtId="169" formatCode="&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="170" formatCode="0.000%"/>
   </numFmts>
-  <fonts count="30" x14ac:knownFonts="1">
+  <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -2026,96 +1983,120 @@
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF0070C0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
   </fonts>
-  <fills count="8">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1" tint="0.499984740745262"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="4"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="21">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -2130,624 +2111,562 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...9 lines deleted...]
-    <border>
       <left/>
-      <right/>
-[...88 lines deleted...]
-      </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="medium">
-[...9 lines deleted...]
-    <border>
       <left/>
-      <right/>
-[...8 lines deleted...]
-      <right style="medium">
+      <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-[...7 lines deleted...]
-      <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="166" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="167" fontId="14" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyAlignment="0"/>
     <xf numFmtId="44" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="12" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="181">
+  <cellXfs count="189">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="10" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="10"/>
     <xf numFmtId="3" fontId="12" fillId="0" borderId="0" xfId="10" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="10" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="7" borderId="5" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
-[...34 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="8" fillId="7" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="6" fontId="17" fillId="7" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="15" fillId="7" borderId="0" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="10" fillId="7" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="7" borderId="0" xfId="10" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="9" fontId="0" fillId="7" borderId="0" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="7" borderId="10" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="3" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="7" borderId="3" xfId="10" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="12" fillId="7" borderId="3" xfId="10" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="7" borderId="3" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="15" fillId="7" borderId="3" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="7" borderId="3" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="7" borderId="3" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...2 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="4" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="1" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="7" borderId="1" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="7" borderId="1" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="10" fillId="7" borderId="1" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="7" borderId="1" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="7" borderId="1" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="7" borderId="13" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="10" applyBorder="1"/>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="5" xfId="10" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="15" xfId="10" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="165" fontId="13" fillId="0" borderId="5" xfId="10" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="5" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="5" xfId="11" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="9" fontId="12" fillId="0" borderId="5" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="15" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="9" fontId="12" fillId="0" borderId="15" xfId="12" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="5" xfId="10" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="5" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="5" xfId="12" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="2" fillId="0" borderId="15" xfId="10" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="5" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="5" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="15" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...8 lines deleted...]
-    <xf numFmtId="3" fontId="12" fillId="7" borderId="15" xfId="10" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="5" xfId="10" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="12" fillId="7" borderId="5" xfId="10" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="19" fillId="7" borderId="1" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="20" fillId="7" borderId="1" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="15" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="12" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="8" fillId="7" borderId="2" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="10" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="1" xfId="10" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="17" fillId="7" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="10" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="4" fillId="0" borderId="1" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="10" applyFont="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="10" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="1" xfId="10" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="12" fillId="0" borderId="1" xfId="10" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="10" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="10" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="1" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="12" fillId="0" borderId="1" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="10" applyFont="1" applyFill="1"/>
-    <xf numFmtId="168" fontId="12" fillId="0" borderId="13" xfId="10" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="12" fillId="0" borderId="13" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="5" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="5" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="29" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-    <xf numFmtId="168" fontId="4" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="168" fontId="8" fillId="7" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="7" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="10" fillId="7" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="10" fillId="7" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="5" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="6" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="10" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="168" fontId="4" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="10" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="10" applyFill="1"/>
     <xf numFmtId="3" fontId="12" fillId="6" borderId="0" xfId="10" applyNumberFormat="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="6" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="15" fillId="6" borderId="0" xfId="12" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="0" xfId="10" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="6" borderId="0" xfId="12" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="10" applyFont="1" applyFill="1"/>
     <xf numFmtId="168" fontId="7" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="8" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="10" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="12" fillId="6" borderId="0" xfId="10" applyNumberFormat="1" applyFill="1"/>
+    <xf numFmtId="169" fontId="12" fillId="6" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="168" fontId="15" fillId="6" borderId="0" xfId="12" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="168" fontId="3" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="170" fontId="30" fillId="6" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="7" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="6" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="6" xfId="10" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="12" fillId="7" borderId="6" xfId="10" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="7" borderId="6" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="7" borderId="6" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="9" fontId="15" fillId="7" borderId="6" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="6" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="0" fillId="7" borderId="6" xfId="12" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="8" xfId="10" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="9" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="10" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="12" fillId="7" borderId="0" xfId="10" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="7" borderId="0" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="10" xfId="10" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="11" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="12" xfId="10" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="7" borderId="0" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="14" xfId="10" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="13" xfId="10" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="8" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="9" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="10" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="10" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="10" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="17" xfId="10" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="10" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="18" xfId="10" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="10" xfId="10" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="19" xfId="10" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="11" xfId="10" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="10" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="10" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="13">
     <cellStyle name="Comma 2" xfId="4" xr:uid="{74C32C2B-7405-41E2-B943-5EAB454EB09F}"/>
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Currency 2" xfId="5" xr:uid="{5C8509FD-87B2-405C-B4D8-6A36CE2F96C2}"/>
     <cellStyle name="Currency 3" xfId="11" xr:uid="{E2467129-D47B-48AA-AA5C-482A1CFD2734}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{ACCA7600-E627-490A-A0E8-A3D27D7FC536}"/>
     <cellStyle name="Normal 2 2" xfId="7" xr:uid="{85E9EE2F-6BCC-4073-94C5-E32F8A3E8128}"/>
     <cellStyle name="Normal 2 2 2" xfId="8" xr:uid="{1C3C4BF1-B99A-4B3F-BB9A-078D3CB597A5}"/>
     <cellStyle name="Normal 2 2 3" xfId="9" xr:uid="{15922AE5-81C2-4407-A08D-E58D52B8E54B}"/>
     <cellStyle name="Normal 3" xfId="10" xr:uid="{5DC36FE9-40C0-4140-91DB-648BDDF2F89C}"/>
     <cellStyle name="Percent" xfId="2" builtinId="5"/>
     <cellStyle name="Percent 2" xfId="6" xr:uid="{523ABE61-CD7E-45B3-8F05-F38AB3CF024B}"/>
     <cellStyle name="Percent 3" xfId="12" xr:uid="{C2BDCB55-BDBA-4487-B524-F94544CE7CA4}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -3034,3260 +2953,3905 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E2F516A0-27BC-45F5-85C8-F362572B425C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:CG155"/>
+  <dimension ref="A1:CB153"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="85" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="A105" sqref="A105:U105"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="8.88671875" style="1" customWidth="1"/>
     <col min="2" max="2" width="8.88671875" customWidth="1"/>
     <col min="3" max="3" width="8.88671875" style="6" customWidth="1"/>
     <col min="4" max="4" width="9" style="1" customWidth="1"/>
     <col min="5" max="5" width="26.5546875" style="1" customWidth="1"/>
     <col min="6" max="6" width="10.5546875" style="1" customWidth="1"/>
     <col min="7" max="7" width="52.33203125" style="1" customWidth="1"/>
     <col min="8" max="8" width="8.6640625" style="1" customWidth="1"/>
     <col min="9" max="9" width="13" style="1" customWidth="1"/>
     <col min="10" max="10" width="12.6640625" style="1" customWidth="1"/>
     <col min="11" max="11" width="11.109375" style="1" customWidth="1"/>
     <col min="12" max="12" width="9.5546875" style="8" customWidth="1"/>
-    <col min="13" max="13" width="10.5546875" style="27" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="16" max="16" width="12" style="138" customWidth="1"/>
+    <col min="13" max="13" width="10.5546875" style="26" customWidth="1"/>
+    <col min="14" max="14" width="10.5546875" style="31" customWidth="1"/>
+    <col min="15" max="15" width="12.6640625" style="26" customWidth="1"/>
+    <col min="16" max="16" width="12" style="112" customWidth="1"/>
     <col min="17" max="17" width="9.109375" style="10" customWidth="1"/>
-    <col min="18" max="18" width="8.6640625" style="33" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="86" max="16384" width="9.109375" style="1"/>
+    <col min="18" max="18" width="8.6640625" style="32" customWidth="1"/>
+    <col min="19" max="19" width="11.33203125" style="112" customWidth="1"/>
+    <col min="20" max="20" width="12.33203125" style="33" customWidth="1"/>
+    <col min="21" max="21" width="12.88671875" style="114" customWidth="1"/>
+    <col min="22" max="80" width="9.109375" style="20"/>
+    <col min="81" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:85" s="11" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:80" s="11" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="16" t="s">
+        <v>247</v>
+      </c>
+      <c r="B1" s="16" t="s">
+        <v>248</v>
+      </c>
+      <c r="C1" s="17" t="s">
+        <v>249</v>
+      </c>
+      <c r="D1" s="16" t="s">
+        <v>236</v>
+      </c>
+      <c r="E1" s="115" t="s">
+        <v>251</v>
+      </c>
+      <c r="F1" s="16" t="s">
+        <v>250</v>
+      </c>
+      <c r="G1" s="116" t="s">
+        <v>0</v>
+      </c>
+      <c r="H1" s="117" t="s">
+        <v>2</v>
+      </c>
+      <c r="I1" s="117" t="s">
         <v>252</v>
       </c>
-      <c r="B1" s="16" t="s">
+      <c r="J1" s="16" t="s">
+        <v>255</v>
+      </c>
+      <c r="K1" s="117" t="s">
+        <v>1</v>
+      </c>
+      <c r="L1" s="118" t="s">
         <v>253</v>
       </c>
-      <c r="C1" s="17" t="s">
+      <c r="M1" s="119" t="s">
+        <v>317</v>
+      </c>
+      <c r="N1" s="120" t="s">
         <v>254</v>
       </c>
-      <c r="D1" s="16" t="s">
-[...2 lines deleted...]
-      <c r="E1" s="141" t="s">
+      <c r="O1" s="119" t="s">
         <v>256</v>
       </c>
-      <c r="F1" s="16" t="s">
-[...8 lines deleted...]
-      <c r="I1" s="143" t="s">
+      <c r="P1" s="119" t="s">
         <v>257</v>
       </c>
-      <c r="J1" s="16" t="s">
+      <c r="Q1" s="16" t="s">
+        <v>244</v>
+      </c>
+      <c r="R1" s="120" t="s">
+        <v>259</v>
+      </c>
+      <c r="S1" s="121" t="s">
         <v>260</v>
       </c>
-      <c r="K1" s="143" t="s">
-[...11 lines deleted...]
-      <c r="O1" s="145" t="s">
+      <c r="T1" s="122" t="s">
         <v>261</v>
       </c>
-      <c r="P1" s="145" t="s">
+      <c r="U1" s="122" t="s">
         <v>262</v>
       </c>
-      <c r="Q1" s="16" t="s">
-[...79 lines deleted...]
-    <row r="2" spans="1:85" x14ac:dyDescent="0.3">
+      <c r="V1" s="27"/>
+      <c r="W1" s="27"/>
+      <c r="X1" s="27"/>
+      <c r="Y1" s="27"/>
+      <c r="Z1" s="27"/>
+      <c r="AA1" s="27"/>
+      <c r="AB1" s="27"/>
+      <c r="AC1" s="27"/>
+      <c r="AD1" s="27"/>
+      <c r="AE1" s="27"/>
+      <c r="AF1" s="27"/>
+      <c r="AG1" s="27"/>
+      <c r="AH1" s="27"/>
+      <c r="AI1" s="27"/>
+      <c r="AJ1" s="27"/>
+      <c r="AK1" s="27"/>
+      <c r="AL1" s="27"/>
+      <c r="AM1" s="27"/>
+      <c r="AN1" s="27"/>
+      <c r="AO1" s="27"/>
+      <c r="AP1" s="27"/>
+      <c r="AQ1" s="27"/>
+      <c r="AR1" s="27"/>
+      <c r="AS1" s="27"/>
+      <c r="AT1" s="27"/>
+      <c r="AU1" s="27"/>
+      <c r="AV1" s="27"/>
+      <c r="AW1" s="27"/>
+      <c r="AX1" s="27"/>
+      <c r="AY1" s="27"/>
+      <c r="AZ1" s="27"/>
+      <c r="BA1" s="27"/>
+      <c r="BB1" s="27"/>
+      <c r="BC1" s="27"/>
+      <c r="BD1" s="27"/>
+      <c r="BE1" s="27"/>
+      <c r="BF1" s="27"/>
+      <c r="BG1" s="27"/>
+      <c r="BH1" s="27"/>
+      <c r="BI1" s="27"/>
+      <c r="BJ1" s="27"/>
+      <c r="BK1" s="27"/>
+      <c r="BL1" s="27"/>
+      <c r="BM1" s="27"/>
+      <c r="BN1" s="27"/>
+      <c r="BO1" s="27"/>
+      <c r="BP1" s="27"/>
+      <c r="BQ1" s="27"/>
+      <c r="BR1" s="27"/>
+      <c r="BS1" s="27"/>
+      <c r="BT1" s="27"/>
+      <c r="BU1" s="27"/>
+      <c r="BV1" s="27"/>
+      <c r="BW1" s="27"/>
+      <c r="BX1" s="27"/>
+      <c r="BY1" s="27"/>
+      <c r="BZ1" s="27"/>
+      <c r="CA1" s="27"/>
+      <c r="CB1" s="27"/>
+    </row>
+    <row r="2" spans="1:80" x14ac:dyDescent="0.3">
       <c r="A2" s="10">
         <v>369.5</v>
       </c>
       <c r="B2" s="1">
         <v>37.5</v>
       </c>
       <c r="C2" s="9">
         <v>332</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E2" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="F2" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="F2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G2" s="2" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H2" s="6" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="I2" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J2" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K2" s="6" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="L2" s="3">
         <v>443</v>
       </c>
-      <c r="M2" s="25">
+      <c r="M2" s="24">
         <v>47083</v>
       </c>
-      <c r="N2" s="29">
+      <c r="N2" s="28">
         <v>0.33</v>
       </c>
-      <c r="O2" s="25">
+      <c r="O2" s="24">
         <v>1944670</v>
       </c>
-      <c r="P2" s="25">
+      <c r="P2" s="24">
         <v>680634.5</v>
       </c>
       <c r="Q2" s="6">
         <v>250</v>
       </c>
-      <c r="R2" s="31">
+      <c r="R2" s="30">
         <v>0.65</v>
       </c>
-      <c r="S2" s="25"/>
-      <c r="T2" s="27">
+      <c r="S2" s="24">
+        <v>0</v>
+      </c>
+      <c r="T2" s="26">
         <v>1264035.5</v>
       </c>
-      <c r="U2" s="26">
+      <c r="U2" s="25">
         <v>1264035.5</v>
       </c>
     </row>
-    <row r="3" spans="1:85" ht="16.2" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A3" s="10">
         <v>360.75</v>
       </c>
       <c r="B3" s="1">
         <v>24.75</v>
       </c>
       <c r="C3" s="9">
         <v>336</v>
       </c>
       <c r="D3" s="2" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>234</v>
+      </c>
+      <c r="E3" s="80" t="s">
+        <v>326</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>203</v>
+      </c>
+      <c r="G3" s="80" t="s">
+        <v>345</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="I3" s="6" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="J3" s="1" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="L3" s="3">
         <v>8263</v>
       </c>
-      <c r="M3" s="25">
+      <c r="M3" s="24">
         <v>53561</v>
       </c>
-      <c r="N3" s="29">
+      <c r="N3" s="28">
         <v>0.33</v>
       </c>
-      <c r="O3" s="25">
+      <c r="O3" s="24">
         <v>7131000</v>
       </c>
-      <c r="P3" s="25">
+      <c r="P3" s="24">
         <v>3572050</v>
       </c>
       <c r="Q3" s="6">
         <v>165</v>
       </c>
-      <c r="R3" s="31">
+      <c r="R3" s="30">
         <v>0.45</v>
       </c>
-      <c r="S3" s="25">
+      <c r="S3" s="24">
         <v>3500000</v>
       </c>
-      <c r="T3" s="27">
+      <c r="T3" s="26">
         <v>58950</v>
       </c>
-      <c r="U3" s="26">
+      <c r="U3" s="25">
         <v>3558950</v>
       </c>
     </row>
-    <row r="4" spans="1:85" ht="16.2" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:80" s="142" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A4" s="10">
-        <v>358.5</v>
+        <v>335.25</v>
       </c>
       <c r="B4" s="1">
-        <v>31.5</v>
+        <v>23.25</v>
       </c>
       <c r="C4" s="9">
+        <v>312</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="E4" s="80" t="s">
         <v>327</v>
       </c>
-      <c r="D4" s="2" t="s">
+      <c r="F4" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="G4" s="80" t="s">
+        <v>346</v>
+      </c>
+      <c r="H4" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="J4" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K4" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L4" s="3">
+        <v>5521</v>
+      </c>
+      <c r="M4" s="24">
+        <v>52670</v>
+      </c>
+      <c r="N4" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O4" s="24">
+        <v>2189597</v>
+      </c>
+      <c r="P4" s="24">
+        <v>1094798.5</v>
+      </c>
+      <c r="Q4" s="6">
+        <v>155</v>
+      </c>
+      <c r="R4" s="30">
+        <v>0.45</v>
+      </c>
+      <c r="S4" s="143">
+        <v>1094798.5</v>
+      </c>
+      <c r="T4" s="26">
+        <v>0</v>
+      </c>
+      <c r="U4" s="25">
+        <v>1094798.5</v>
+      </c>
+      <c r="V4" s="20"/>
+      <c r="W4" s="20"/>
+      <c r="X4" s="20"/>
+      <c r="Y4" s="20"/>
+      <c r="Z4" s="20"/>
+      <c r="AA4" s="20"/>
+      <c r="AB4" s="20"/>
+      <c r="AC4" s="20"/>
+      <c r="AD4" s="20"/>
+      <c r="AE4" s="20"/>
+      <c r="AF4" s="20"/>
+      <c r="AG4" s="20"/>
+      <c r="AH4" s="20"/>
+      <c r="AI4" s="20"/>
+      <c r="AJ4" s="20"/>
+      <c r="AK4" s="20"/>
+      <c r="AL4" s="20"/>
+      <c r="AM4" s="20"/>
+      <c r="AN4" s="20"/>
+      <c r="AO4" s="20"/>
+      <c r="AP4" s="20"/>
+      <c r="AQ4" s="20"/>
+      <c r="AR4" s="20"/>
+      <c r="AS4" s="20"/>
+      <c r="AT4" s="20"/>
+      <c r="AU4" s="20"/>
+      <c r="AV4" s="20"/>
+      <c r="AW4" s="20"/>
+      <c r="AX4" s="20"/>
+      <c r="AY4" s="20"/>
+      <c r="AZ4" s="20"/>
+      <c r="BA4" s="20"/>
+      <c r="BB4" s="20"/>
+      <c r="BC4" s="20"/>
+      <c r="BD4" s="20"/>
+      <c r="BE4" s="20"/>
+      <c r="BF4" s="20"/>
+      <c r="BG4" s="20"/>
+      <c r="BH4" s="20"/>
+      <c r="BI4" s="20"/>
+      <c r="BJ4" s="20"/>
+      <c r="BK4" s="20"/>
+      <c r="BL4" s="20"/>
+      <c r="BM4" s="20"/>
+      <c r="BN4" s="20"/>
+      <c r="BO4" s="20"/>
+      <c r="BP4" s="20"/>
+      <c r="BQ4" s="20"/>
+      <c r="BR4" s="20"/>
+      <c r="BS4" s="20"/>
+      <c r="BT4" s="20"/>
+      <c r="BU4" s="20"/>
+      <c r="BV4" s="20"/>
+      <c r="BW4" s="20"/>
+      <c r="BX4" s="20"/>
+      <c r="BY4" s="20"/>
+      <c r="BZ4" s="20"/>
+      <c r="CA4" s="20"/>
+      <c r="CB4" s="20"/>
+    </row>
+    <row r="5" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A5" s="10">
+        <v>332</v>
+      </c>
+      <c r="B5" s="1">
+        <v>6</v>
+      </c>
+      <c r="C5" s="9">
+        <v>326</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="G5" s="80" t="s">
+        <v>347</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="J5" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="K5" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L5" s="3">
+        <v>15868</v>
+      </c>
+      <c r="M5" s="24">
+        <v>75565</v>
+      </c>
+      <c r="N5" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O5" s="24">
+        <v>6801998</v>
+      </c>
+      <c r="P5" s="24">
+        <v>3400999</v>
+      </c>
+      <c r="Q5" s="6">
+        <v>40</v>
+      </c>
+      <c r="R5" s="29">
+        <v>0</v>
+      </c>
+      <c r="S5" s="24">
+        <v>3400999</v>
+      </c>
+      <c r="T5" s="26">
+        <v>0</v>
+      </c>
+      <c r="U5" s="25">
+        <v>3400999</v>
+      </c>
+    </row>
+    <row r="6" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A6" s="10">
+        <v>329.5</v>
+      </c>
+      <c r="B6" s="1">
+        <v>25.5</v>
+      </c>
+      <c r="C6" s="9">
+        <v>304</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="E6" s="80" t="s">
+        <v>335</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="G6" s="80" t="s">
+        <v>348</v>
+      </c>
+      <c r="H6" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="J6" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="K6" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="L6" s="3">
+        <v>1006</v>
+      </c>
+      <c r="M6" s="24">
+        <v>53841</v>
+      </c>
+      <c r="N6" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O6" s="24">
+        <v>574964</v>
+      </c>
+      <c r="P6" s="24">
+        <v>287482</v>
+      </c>
+      <c r="Q6" s="6">
+        <v>170</v>
+      </c>
+      <c r="R6" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="S6" s="24">
+        <v>287482</v>
+      </c>
+      <c r="T6" s="26">
+        <v>0</v>
+      </c>
+      <c r="U6" s="25">
+        <v>287482</v>
+      </c>
+      <c r="V6" s="15"/>
+      <c r="W6" s="15"/>
+      <c r="X6" s="15"/>
+      <c r="Y6" s="15"/>
+      <c r="Z6" s="15"/>
+      <c r="AA6" s="15"/>
+      <c r="AB6" s="15"/>
+      <c r="AC6" s="15"/>
+      <c r="AD6" s="15"/>
+      <c r="AE6" s="15"/>
+      <c r="AF6" s="15"/>
+      <c r="AG6" s="15"/>
+      <c r="AH6" s="15"/>
+      <c r="AI6" s="15"/>
+      <c r="AJ6" s="15"/>
+      <c r="AK6" s="15"/>
+      <c r="AL6" s="15"/>
+      <c r="AM6" s="15"/>
+      <c r="AN6" s="15"/>
+      <c r="AO6" s="15"/>
+      <c r="AP6" s="15"/>
+      <c r="AQ6" s="15"/>
+      <c r="AR6" s="15"/>
+      <c r="AS6" s="15"/>
+      <c r="AT6" s="15"/>
+      <c r="AU6" s="15"/>
+      <c r="AV6" s="15"/>
+      <c r="AW6" s="15"/>
+      <c r="AX6" s="15"/>
+      <c r="AY6" s="15"/>
+      <c r="AZ6" s="15"/>
+      <c r="BA6" s="15"/>
+      <c r="BB6" s="15"/>
+      <c r="BC6" s="15"/>
+      <c r="BD6" s="15"/>
+      <c r="BE6" s="15"/>
+      <c r="BF6" s="15"/>
+      <c r="BG6" s="15"/>
+      <c r="BH6" s="15"/>
+      <c r="BI6" s="15"/>
+      <c r="BJ6" s="15"/>
+      <c r="BK6" s="15"/>
+      <c r="BL6" s="15"/>
+      <c r="BM6" s="15"/>
+      <c r="BN6" s="15"/>
+      <c r="BO6" s="15"/>
+      <c r="BP6" s="15"/>
+      <c r="BQ6" s="15"/>
+      <c r="BR6" s="15"/>
+      <c r="BS6" s="15"/>
+      <c r="BT6" s="15"/>
+      <c r="BU6" s="15"/>
+      <c r="BV6" s="15"/>
+      <c r="BW6" s="15"/>
+      <c r="BX6" s="15"/>
+      <c r="BY6" s="15"/>
+      <c r="BZ6" s="15"/>
+      <c r="CA6" s="15"/>
+    </row>
+    <row r="7" spans="1:80" s="148" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A7" s="10">
+        <v>329</v>
+      </c>
+      <c r="B7" s="1">
+        <v>12</v>
+      </c>
+      <c r="C7" s="9">
+        <v>317</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="E7" s="80" t="s">
+        <v>336</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="G7" s="80" t="s">
+        <v>349</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="J7" s="1" t="s">
         <v>237</v>
       </c>
-      <c r="E4" s="104" t="s">
-[...8 lines deleted...]
-      <c r="H4" s="6" t="s">
+      <c r="K7" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="I4" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="1" t="s">
+      <c r="L7" s="3">
+        <v>1713</v>
+      </c>
+      <c r="M7" s="24">
+        <v>80709</v>
+      </c>
+      <c r="N7" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O7" s="24">
+        <v>8426001</v>
+      </c>
+      <c r="P7" s="24">
+        <v>4640800.8</v>
+      </c>
+      <c r="Q7" s="6">
+        <v>80</v>
+      </c>
+      <c r="R7" s="29">
+        <v>0.2</v>
+      </c>
+      <c r="S7" s="24">
+        <v>3500000</v>
+      </c>
+      <c r="T7" s="26">
+        <v>285200.2</v>
+      </c>
+      <c r="U7" s="25">
+        <v>3785200.2</v>
+      </c>
+      <c r="V7" s="15"/>
+      <c r="W7" s="15"/>
+      <c r="X7" s="15"/>
+      <c r="Y7" s="15"/>
+      <c r="Z7" s="15"/>
+      <c r="AA7" s="15"/>
+      <c r="AB7" s="15"/>
+      <c r="AC7" s="15"/>
+      <c r="AD7" s="15"/>
+      <c r="AE7" s="15"/>
+      <c r="AF7" s="15"/>
+      <c r="AG7" s="15"/>
+      <c r="AH7" s="15"/>
+      <c r="AI7" s="15"/>
+      <c r="AJ7" s="15"/>
+      <c r="AK7" s="15"/>
+      <c r="AL7" s="15"/>
+      <c r="AM7" s="15"/>
+      <c r="AN7" s="15"/>
+      <c r="AO7" s="15"/>
+      <c r="AP7" s="15"/>
+      <c r="AQ7" s="15"/>
+      <c r="AR7" s="15"/>
+      <c r="AS7" s="15"/>
+      <c r="AT7" s="15"/>
+      <c r="AU7" s="15"/>
+      <c r="AV7" s="15"/>
+      <c r="AW7" s="15"/>
+      <c r="AX7" s="15"/>
+      <c r="AY7" s="15"/>
+      <c r="AZ7" s="15"/>
+      <c r="BA7" s="15"/>
+      <c r="BB7" s="15"/>
+      <c r="BC7" s="15"/>
+      <c r="BD7" s="15"/>
+      <c r="BE7" s="15"/>
+      <c r="BF7" s="15"/>
+      <c r="BG7" s="15"/>
+      <c r="BH7" s="15"/>
+      <c r="BI7" s="15"/>
+      <c r="BJ7" s="15"/>
+      <c r="BK7" s="15"/>
+      <c r="BL7" s="15"/>
+      <c r="BM7" s="15"/>
+      <c r="BN7" s="15"/>
+      <c r="BO7" s="15"/>
+      <c r="BP7" s="15"/>
+      <c r="BQ7" s="15"/>
+      <c r="BR7" s="15"/>
+      <c r="BS7" s="15"/>
+      <c r="BT7" s="15"/>
+      <c r="BU7" s="15"/>
+      <c r="BV7" s="15"/>
+      <c r="BW7" s="15"/>
+      <c r="BX7" s="15"/>
+      <c r="BY7" s="15"/>
+      <c r="BZ7" s="15"/>
+      <c r="CA7" s="15"/>
+    </row>
+    <row r="8" spans="1:80" s="15" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A8" s="10">
+        <v>322.75</v>
+      </c>
+      <c r="B8" s="1">
+        <v>18.75</v>
+      </c>
+      <c r="C8" s="9">
+        <v>304</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="G8" s="80" t="s">
+        <v>353</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="J8" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="K4" s="6" t="s">
-[...85 lines deleted...]
-      <c r="R5" s="31">
+      <c r="K8" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="L8" s="3">
+        <v>52115</v>
+      </c>
+      <c r="M8" s="24">
+        <v>53803</v>
+      </c>
+      <c r="N8" s="28">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O8" s="24">
+        <v>4561300</v>
+      </c>
+      <c r="P8" s="24">
+        <v>2961300</v>
+      </c>
+      <c r="Q8" s="6">
+        <v>125</v>
+      </c>
+      <c r="R8" s="29">
         <v>0.45</v>
       </c>
-      <c r="S5" s="25">
-[...204 lines deleted...]
-    <row r="9" spans="1:85" s="15" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="S8" s="24">
+        <v>0</v>
+      </c>
+      <c r="T8" s="26">
+        <v>1600000</v>
+      </c>
+      <c r="U8" s="25">
+        <v>1600000</v>
+      </c>
+    </row>
+    <row r="9" spans="1:80" s="15" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A9" s="10">
         <v>322.75</v>
       </c>
       <c r="B9" s="1">
         <v>18.75</v>
       </c>
       <c r="C9" s="9">
         <v>304</v>
       </c>
       <c r="D9" s="2" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>382</v>
+        <v>373</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>196</v>
-[...2 lines deleted...]
-        <v>362</v>
+        <v>194</v>
+      </c>
+      <c r="G9" s="80" t="s">
+        <v>354</v>
       </c>
       <c r="H9" s="6" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="I9" s="6" t="s">
         <v>56</v>
       </c>
       <c r="J9" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="6" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="L9" s="3">
         <v>52115</v>
       </c>
-      <c r="M9" s="25">
+      <c r="M9" s="24">
         <v>53803</v>
       </c>
-      <c r="N9" s="29">
+      <c r="N9" s="28">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O9" s="25">
-[...3 lines deleted...]
-        <v>2961300</v>
+      <c r="O9" s="24">
+        <v>8143180</v>
+      </c>
+      <c r="P9" s="24">
+        <v>4643180</v>
       </c>
       <c r="Q9" s="6">
         <v>125</v>
       </c>
-      <c r="R9" s="30">
+      <c r="R9" s="29">
         <v>0.45</v>
       </c>
-      <c r="S9" s="25">
-[...9 lines deleted...]
-    <row r="10" spans="1:85" s="15" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="S9" s="24">
+        <v>3500000</v>
+      </c>
+      <c r="T9" s="26">
+        <v>0</v>
+      </c>
+      <c r="U9" s="25">
+        <v>3500000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:80" s="15" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A10" s="10">
-        <v>322.75</v>
+        <v>315.5</v>
       </c>
       <c r="B10" s="1">
-        <v>18.75</v>
+        <v>7.5</v>
       </c>
       <c r="C10" s="9">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D10" s="2" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>234</v>
+      </c>
+      <c r="E10" s="80" t="s">
+        <v>328</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>195</v>
-[...5 lines deleted...]
-        <v>274</v>
+        <v>233</v>
+      </c>
+      <c r="G10" s="80" t="s">
+        <v>350</v>
+      </c>
+      <c r="H10" s="2" t="s">
+        <v>268</v>
       </c>
       <c r="I10" s="6" t="s">
-        <v>56</v>
+        <v>33</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>30</v>
+      </c>
+      <c r="K10" s="2" t="s">
+        <v>270</v>
       </c>
       <c r="L10" s="3">
-        <v>52115</v>
-[...2 lines deleted...]
-        <v>53803</v>
+        <v>7764</v>
+      </c>
+      <c r="M10" s="24">
+        <v>88068</v>
       </c>
       <c r="N10" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O10" s="25">
-[...3 lines deleted...]
-        <v>4643180</v>
+      <c r="O10" s="24">
+        <v>4991028</v>
+      </c>
+      <c r="P10" s="24">
+        <v>2495514</v>
       </c>
       <c r="Q10" s="6">
-        <v>125</v>
-[...14 lines deleted...]
-    <row r="11" spans="1:85" ht="16.2" x14ac:dyDescent="0.3">
+        <v>50</v>
+      </c>
+      <c r="R10" s="29">
+        <v>0</v>
+      </c>
+      <c r="S10" s="24">
+        <v>2495514</v>
+      </c>
+      <c r="T10" s="26">
+        <v>0</v>
+      </c>
+      <c r="U10" s="25">
+        <v>2495514</v>
+      </c>
+      <c r="V10" s="20"/>
+      <c r="W10" s="20"/>
+      <c r="X10" s="20"/>
+      <c r="Y10" s="20"/>
+      <c r="Z10" s="20"/>
+      <c r="AA10" s="20"/>
+      <c r="AB10" s="20"/>
+      <c r="AC10" s="20"/>
+      <c r="AD10" s="20"/>
+      <c r="AE10" s="20"/>
+      <c r="AF10" s="20"/>
+      <c r="AG10" s="20"/>
+      <c r="AH10" s="20"/>
+      <c r="AI10" s="20"/>
+      <c r="AJ10" s="20"/>
+      <c r="AK10" s="20"/>
+      <c r="AL10" s="20"/>
+      <c r="AM10" s="20"/>
+      <c r="AN10" s="20"/>
+      <c r="AO10" s="20"/>
+      <c r="AP10" s="20"/>
+      <c r="AQ10" s="20"/>
+      <c r="AR10" s="20"/>
+      <c r="AS10" s="20"/>
+      <c r="AT10" s="20"/>
+      <c r="AU10" s="20"/>
+      <c r="AV10" s="20"/>
+      <c r="AW10" s="20"/>
+      <c r="AX10" s="20"/>
+      <c r="AY10" s="20"/>
+      <c r="AZ10" s="20"/>
+      <c r="BA10" s="20"/>
+      <c r="BB10" s="20"/>
+      <c r="BC10" s="20"/>
+      <c r="BD10" s="20"/>
+      <c r="BE10" s="20"/>
+      <c r="BF10" s="20"/>
+      <c r="BG10" s="20"/>
+      <c r="BH10" s="20"/>
+      <c r="BI10" s="20"/>
+      <c r="BJ10" s="20"/>
+      <c r="BK10" s="20"/>
+      <c r="BL10" s="20"/>
+      <c r="BM10" s="20"/>
+      <c r="BN10" s="20"/>
+      <c r="BO10" s="20"/>
+      <c r="BP10" s="20"/>
+      <c r="BQ10" s="20"/>
+      <c r="BR10" s="20"/>
+      <c r="BS10" s="20"/>
+      <c r="BT10" s="20"/>
+      <c r="BU10" s="20"/>
+      <c r="BV10" s="20"/>
+      <c r="BW10" s="20"/>
+      <c r="BX10" s="20"/>
+      <c r="BY10" s="20"/>
+      <c r="BZ10" s="20"/>
+      <c r="CA10" s="20"/>
+    </row>
+    <row r="11" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A11" s="10">
-        <v>315.5</v>
+        <v>229</v>
       </c>
       <c r="B11" s="1">
-        <v>7.5</v>
+        <v>3</v>
       </c>
       <c r="C11" s="9">
-        <v>308</v>
+        <v>226</v>
       </c>
       <c r="D11" s="2" t="s">
-        <v>237</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>235</v>
+      </c>
+      <c r="E11" s="80" t="s">
+        <v>334</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>359</v>
+        <v>225</v>
+      </c>
+      <c r="G11" s="80" t="s">
+        <v>352</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>33</v>
       </c>
       <c r="J11" s="1" t="s">
         <v>30</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="L11" s="3">
-        <v>7764</v>
-[...4 lines deleted...]
-      <c r="N11" s="30">
+        <v>38860</v>
+      </c>
+      <c r="M11" s="24">
+        <v>93120</v>
+      </c>
+      <c r="N11" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O11" s="25">
-[...3 lines deleted...]
-        <v>2495514</v>
+      <c r="O11" s="24">
+        <v>52298056</v>
+      </c>
+      <c r="P11" s="24">
+        <v>52298056</v>
       </c>
       <c r="Q11" s="6">
-        <v>50</v>
-[...14 lines deleted...]
-    <row r="12" spans="1:85" ht="16.2" x14ac:dyDescent="0.3">
+        <v>20</v>
+      </c>
+      <c r="R11" s="29">
+        <v>0</v>
+      </c>
+      <c r="S11" s="24">
+        <v>0</v>
+      </c>
+      <c r="T11" s="26">
+        <v>0</v>
+      </c>
+      <c r="U11" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A12" s="10">
-        <v>229</v>
+        <v>194.25</v>
       </c>
       <c r="B12" s="1">
-        <v>3</v>
+        <v>26.25</v>
       </c>
       <c r="C12" s="9">
-        <v>226</v>
+        <v>168</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>235</v>
+      </c>
+      <c r="E12" s="80" t="s">
+        <v>372</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>226</v>
-[...5 lines deleted...]
-        <v>273</v>
+        <v>167</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>269</v>
       </c>
       <c r="I12" s="6" t="s">
-        <v>33</v>
+        <v>294</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>22</v>
+      </c>
+      <c r="K12" s="6" t="s">
+        <v>271</v>
       </c>
       <c r="L12" s="3">
-        <v>38860</v>
-[...11 lines deleted...]
-        <v>52298056</v>
+        <v>3912</v>
+      </c>
+      <c r="M12" s="24">
+        <v>47857</v>
+      </c>
+      <c r="N12" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O12" s="24">
+        <v>819081</v>
+      </c>
+      <c r="P12" s="24">
+        <v>409540.5</v>
       </c>
       <c r="Q12" s="6">
-        <v>20</v>
-[...12 lines deleted...]
-    <row r="13" spans="1:85" ht="16.2" x14ac:dyDescent="0.3">
+        <v>175</v>
+      </c>
+      <c r="R12" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="S12" s="24">
+        <v>0</v>
+      </c>
+      <c r="T12" s="26">
+        <v>409540.5</v>
+      </c>
+      <c r="U12" s="25">
+        <v>409540.5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A13" s="10">
         <v>194.25</v>
       </c>
       <c r="B13" s="1">
         <v>26.25</v>
       </c>
       <c r="C13" s="9">
         <v>168</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...17 lines deleted...]
-      <c r="J13" s="1" t="s">
+      <c r="D13" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="E13" s="80" t="s">
+        <v>372</v>
+      </c>
+      <c r="F13" s="9" t="s">
+        <v>263</v>
+      </c>
+      <c r="G13" s="9" t="s">
+        <v>264</v>
+      </c>
+      <c r="H13" s="9" t="s">
+        <v>269</v>
+      </c>
+      <c r="I13" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="J13" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="K13" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L13" s="3">
+      <c r="K13" s="9" t="s">
+        <v>271</v>
+      </c>
+      <c r="L13" s="13">
         <v>3912</v>
       </c>
       <c r="M13" s="25">
         <v>47857</v>
       </c>
-      <c r="N13" s="29">
+      <c r="N13" s="106">
         <v>0.33</v>
       </c>
       <c r="O13" s="25">
-        <v>819081</v>
-[...4 lines deleted...]
-      <c r="Q13" s="6">
+        <v>9536069</v>
+      </c>
+      <c r="P13" s="97">
+        <v>8345610</v>
+      </c>
+      <c r="Q13" s="9">
         <v>175</v>
       </c>
-      <c r="R13" s="30">
+      <c r="R13" s="29">
         <v>0.5</v>
       </c>
-      <c r="S13" s="25"/>
-[...7 lines deleted...]
-    <row r="14" spans="1:85" s="18" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="S13" s="24">
+        <v>0</v>
+      </c>
+      <c r="T13" s="98">
+        <v>1190459</v>
+      </c>
+      <c r="U13" s="25">
+        <v>1190459</v>
+      </c>
+      <c r="V13" s="15"/>
+      <c r="W13" s="15"/>
+      <c r="X13" s="15"/>
+      <c r="Y13" s="15"/>
+      <c r="Z13" s="15"/>
+      <c r="AA13" s="15"/>
+      <c r="AB13" s="15"/>
+      <c r="AC13" s="15"/>
+      <c r="AD13" s="15"/>
+      <c r="AE13" s="15"/>
+      <c r="AF13" s="15"/>
+      <c r="AG13" s="15"/>
+      <c r="AH13" s="15"/>
+      <c r="AI13" s="15"/>
+      <c r="AJ13" s="15"/>
+      <c r="AK13" s="15"/>
+      <c r="AL13" s="15"/>
+      <c r="AM13" s="15"/>
+      <c r="AN13" s="15"/>
+      <c r="AO13" s="15"/>
+      <c r="AP13" s="15"/>
+      <c r="AQ13" s="15"/>
+      <c r="AR13" s="15"/>
+      <c r="AS13" s="15"/>
+      <c r="AT13" s="15"/>
+      <c r="AU13" s="15"/>
+      <c r="AV13" s="15"/>
+      <c r="AW13" s="15"/>
+      <c r="AX13" s="15"/>
+      <c r="AY13" s="15"/>
+      <c r="AZ13" s="15"/>
+      <c r="BA13" s="15"/>
+      <c r="BB13" s="15"/>
+      <c r="BC13" s="15"/>
+      <c r="BD13" s="15"/>
+      <c r="BE13" s="15"/>
+      <c r="BF13" s="15"/>
+      <c r="BG13" s="15"/>
+      <c r="BH13" s="15"/>
+      <c r="BI13" s="15"/>
+      <c r="BJ13" s="15"/>
+      <c r="BK13" s="15"/>
+      <c r="BL13" s="15"/>
+      <c r="BM13" s="15"/>
+      <c r="BN13" s="15"/>
+      <c r="BO13" s="15"/>
+      <c r="BP13" s="15"/>
+      <c r="BQ13" s="15"/>
+      <c r="BR13" s="15"/>
+      <c r="BS13" s="15"/>
+      <c r="BT13" s="15"/>
+      <c r="BU13" s="15"/>
+      <c r="BV13" s="15"/>
+      <c r="BW13" s="15"/>
+      <c r="BX13" s="15"/>
+      <c r="BY13" s="15"/>
+      <c r="BZ13" s="15"/>
+      <c r="CA13" s="15"/>
+    </row>
+    <row r="14" spans="1:80" s="18" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A14" s="10">
-        <v>194.25</v>
+        <v>91.75</v>
       </c>
       <c r="B14" s="1">
-        <v>26.25</v>
+        <v>27.75</v>
       </c>
       <c r="C14" s="9">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D14" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="F14" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="G14" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="J14" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K14" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="L14" s="3">
+        <v>855</v>
+      </c>
+      <c r="M14" s="24">
+        <v>58000</v>
+      </c>
+      <c r="N14" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O14" s="24">
+        <v>1185502</v>
+      </c>
+      <c r="P14" s="24">
+        <v>533475.89999999991</v>
+      </c>
+      <c r="Q14" s="6">
+        <v>185</v>
+      </c>
+      <c r="R14" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="S14" s="24">
+        <v>0</v>
+      </c>
+      <c r="T14" s="26">
+        <v>652026.10000000009</v>
+      </c>
+      <c r="U14" s="25">
+        <v>652026.10000000009</v>
+      </c>
+      <c r="V14" s="20"/>
+      <c r="W14" s="20"/>
+      <c r="X14" s="20"/>
+      <c r="Y14" s="20"/>
+      <c r="Z14" s="20"/>
+      <c r="AA14" s="20"/>
+      <c r="AB14" s="20"/>
+      <c r="AC14" s="20"/>
+      <c r="AD14" s="20"/>
+      <c r="AE14" s="20"/>
+      <c r="AF14" s="20"/>
+      <c r="AG14" s="20"/>
+      <c r="AH14" s="20"/>
+      <c r="AI14" s="20"/>
+      <c r="AJ14" s="20"/>
+      <c r="AK14" s="20"/>
+      <c r="AL14" s="20"/>
+      <c r="AM14" s="20"/>
+      <c r="AN14" s="20"/>
+      <c r="AO14" s="20"/>
+      <c r="AP14" s="20"/>
+      <c r="AQ14" s="20"/>
+      <c r="AR14" s="20"/>
+      <c r="AS14" s="20"/>
+      <c r="AT14" s="20"/>
+      <c r="AU14" s="20"/>
+      <c r="AV14" s="20"/>
+      <c r="AW14" s="20"/>
+      <c r="AX14" s="20"/>
+      <c r="AY14" s="20"/>
+      <c r="AZ14" s="20"/>
+      <c r="BA14" s="20"/>
+      <c r="BB14" s="20"/>
+      <c r="BC14" s="20"/>
+      <c r="BD14" s="20"/>
+      <c r="BE14" s="20"/>
+      <c r="BF14" s="20"/>
+      <c r="BG14" s="20"/>
+      <c r="BH14" s="20"/>
+      <c r="BI14" s="20"/>
+      <c r="BJ14" s="20"/>
+      <c r="BK14" s="20"/>
+      <c r="BL14" s="20"/>
+      <c r="BM14" s="20"/>
+      <c r="BN14" s="20"/>
+      <c r="BO14" s="20"/>
+      <c r="BP14" s="20"/>
+      <c r="BQ14" s="20"/>
+      <c r="BR14" s="20"/>
+      <c r="BS14" s="20"/>
+      <c r="BT14" s="20"/>
+      <c r="BU14" s="20"/>
+      <c r="BV14" s="20"/>
+      <c r="BW14" s="20"/>
+      <c r="BX14" s="20"/>
+      <c r="BY14" s="20"/>
+      <c r="BZ14" s="20"/>
+      <c r="CA14" s="20"/>
+      <c r="CB14" s="15"/>
+    </row>
+    <row r="15" spans="1:80" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="10">
+        <v>90.5</v>
+      </c>
+      <c r="B15" s="1">
+        <v>34.5</v>
+      </c>
+      <c r="C15" s="9">
+        <v>56</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="F15" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="G15" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="J15" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K15" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="L15" s="3">
+        <v>499</v>
+      </c>
+      <c r="M15" s="24">
+        <v>50909</v>
+      </c>
+      <c r="N15" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O15" s="24">
+        <v>1299829</v>
+      </c>
+      <c r="P15" s="24">
+        <v>519931.6</v>
+      </c>
+      <c r="Q15" s="6">
+        <v>230</v>
+      </c>
+      <c r="R15" s="29">
+        <v>0.6</v>
+      </c>
+      <c r="S15" s="24">
+        <v>0</v>
+      </c>
+      <c r="T15" s="26">
+        <v>779897.4</v>
+      </c>
+      <c r="U15" s="25">
+        <v>779897.4</v>
+      </c>
+      <c r="V15" s="20"/>
+      <c r="W15" s="20"/>
+      <c r="X15" s="20"/>
+      <c r="Y15" s="20"/>
+      <c r="Z15" s="20"/>
+      <c r="AA15" s="20"/>
+      <c r="AB15" s="20"/>
+      <c r="AC15" s="20"/>
+      <c r="AD15" s="20"/>
+      <c r="AE15" s="20"/>
+      <c r="AF15" s="20"/>
+      <c r="AG15" s="20"/>
+      <c r="AH15" s="20"/>
+      <c r="AI15" s="20"/>
+      <c r="AJ15" s="20"/>
+      <c r="AK15" s="20"/>
+      <c r="AL15" s="20"/>
+      <c r="AM15" s="20"/>
+      <c r="AN15" s="20"/>
+      <c r="AO15" s="20"/>
+      <c r="AP15" s="20"/>
+      <c r="AQ15" s="20"/>
+      <c r="AR15" s="20"/>
+      <c r="AS15" s="20"/>
+      <c r="AT15" s="20"/>
+      <c r="AU15" s="20"/>
+      <c r="AV15" s="20"/>
+      <c r="AW15" s="20"/>
+      <c r="AX15" s="20"/>
+      <c r="AY15" s="20"/>
+      <c r="AZ15" s="20"/>
+      <c r="BA15" s="20"/>
+      <c r="BB15" s="20"/>
+      <c r="BC15" s="20"/>
+      <c r="BD15" s="20"/>
+      <c r="BE15" s="20"/>
+      <c r="BF15" s="20"/>
+      <c r="BG15" s="20"/>
+      <c r="BH15" s="20"/>
+      <c r="BI15" s="20"/>
+      <c r="BJ15" s="20"/>
+      <c r="BK15" s="20"/>
+      <c r="BL15" s="20"/>
+      <c r="BM15" s="20"/>
+      <c r="BN15" s="20"/>
+      <c r="BO15" s="20"/>
+      <c r="BP15" s="20"/>
+      <c r="BQ15" s="20"/>
+      <c r="BR15" s="20"/>
+      <c r="BS15" s="20"/>
+      <c r="BT15" s="20"/>
+      <c r="BU15" s="20"/>
+      <c r="BV15" s="20"/>
+      <c r="BW15" s="20"/>
+      <c r="BX15" s="20"/>
+      <c r="BY15" s="20"/>
+      <c r="BZ15" s="20"/>
+      <c r="CA15" s="20"/>
+      <c r="CB15" s="20"/>
+    </row>
+    <row r="16" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A16" s="10">
+        <v>87.75</v>
+      </c>
+      <c r="B16" s="1">
+        <v>6.75</v>
+      </c>
+      <c r="C16" s="9">
+        <v>81</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="K16" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="L16" s="12">
+        <v>9627</v>
+      </c>
+      <c r="M16" s="23">
+        <v>80126</v>
+      </c>
+      <c r="N16" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O16" s="23">
+        <v>3787966</v>
+      </c>
+      <c r="P16" s="24">
+        <v>3787966</v>
+      </c>
+      <c r="Q16" s="6">
+        <v>45</v>
+      </c>
+      <c r="R16" s="29">
+        <v>0</v>
+      </c>
+      <c r="S16" s="24">
+        <v>0</v>
+      </c>
+      <c r="T16" s="26">
+        <v>0</v>
+      </c>
+      <c r="U16" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="17" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A17" s="10">
+        <v>85.75</v>
+      </c>
+      <c r="B17" s="1">
+        <v>39.75</v>
+      </c>
+      <c r="C17" s="9">
+        <v>46</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F17" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="J17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="K17" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L17" s="3">
+        <v>556</v>
+      </c>
+      <c r="M17" s="24">
+        <v>42188</v>
+      </c>
+      <c r="N17" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O17" s="24">
+        <v>832500</v>
+      </c>
+      <c r="P17" s="24">
+        <v>291375</v>
+      </c>
+      <c r="Q17" s="6">
+        <v>265</v>
+      </c>
+      <c r="R17" s="29">
+        <v>0.65</v>
+      </c>
+      <c r="S17" s="24">
+        <v>0</v>
+      </c>
+      <c r="T17" s="26">
+        <v>541125</v>
+      </c>
+      <c r="U17" s="25">
+        <v>541125</v>
+      </c>
+    </row>
+    <row r="18" spans="1:80" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="10">
+        <v>84.25</v>
+      </c>
+      <c r="B18" s="1">
+        <v>44.25</v>
+      </c>
+      <c r="C18" s="9">
+        <v>40</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F18" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="J18" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="K18" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="L18" s="3">
+        <v>712</v>
+      </c>
+      <c r="M18" s="24">
+        <v>39200</v>
+      </c>
+      <c r="N18" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O18" s="24">
+        <v>886585</v>
+      </c>
+      <c r="P18" s="24">
+        <v>310304.75</v>
+      </c>
+      <c r="Q18" s="6">
+        <v>295</v>
+      </c>
+      <c r="R18" s="29">
+        <v>0.65</v>
+      </c>
+      <c r="S18" s="24">
+        <v>0</v>
+      </c>
+      <c r="T18" s="26">
+        <v>576280.25</v>
+      </c>
+      <c r="U18" s="25">
+        <v>576280.25</v>
+      </c>
+      <c r="V18" s="124"/>
+      <c r="W18" s="124"/>
+      <c r="X18" s="124"/>
+      <c r="Y18" s="124"/>
+      <c r="Z18" s="124"/>
+      <c r="AA18" s="124"/>
+      <c r="AB18" s="124"/>
+      <c r="AC18" s="124"/>
+      <c r="AD18" s="124"/>
+      <c r="AE18" s="124"/>
+      <c r="AF18" s="124"/>
+      <c r="AG18" s="124"/>
+      <c r="AH18" s="124"/>
+      <c r="AI18" s="124"/>
+      <c r="AJ18" s="124"/>
+      <c r="AK18" s="124"/>
+      <c r="AL18" s="124"/>
+      <c r="AM18" s="124"/>
+      <c r="AN18" s="124"/>
+      <c r="AO18" s="124"/>
+      <c r="AP18" s="124"/>
+      <c r="AQ18" s="124"/>
+      <c r="AR18" s="124"/>
+      <c r="AS18" s="124"/>
+      <c r="AT18" s="124"/>
+      <c r="AU18" s="124"/>
+      <c r="AV18" s="124"/>
+      <c r="AW18" s="124"/>
+      <c r="AX18" s="124"/>
+      <c r="AY18" s="124"/>
+      <c r="AZ18" s="124"/>
+      <c r="BA18" s="124"/>
+      <c r="BB18" s="124"/>
+      <c r="BC18" s="124"/>
+      <c r="BD18" s="124"/>
+      <c r="BE18" s="124"/>
+      <c r="BF18" s="124"/>
+      <c r="BG18" s="124"/>
+      <c r="BH18" s="124"/>
+      <c r="BI18" s="124"/>
+      <c r="BJ18" s="124"/>
+      <c r="BK18" s="124"/>
+      <c r="BL18" s="124"/>
+      <c r="BM18" s="124"/>
+      <c r="BN18" s="124"/>
+      <c r="BO18" s="124"/>
+      <c r="BP18" s="124"/>
+      <c r="BQ18" s="124"/>
+      <c r="BR18" s="124"/>
+      <c r="BS18" s="124"/>
+      <c r="BT18" s="124"/>
+      <c r="BU18" s="124"/>
+      <c r="BV18" s="124"/>
+      <c r="BW18" s="124"/>
+      <c r="BX18" s="124"/>
+      <c r="BY18" s="124"/>
+      <c r="BZ18" s="124"/>
+      <c r="CA18" s="124"/>
+      <c r="CB18" s="20"/>
+    </row>
+    <row r="19" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A19" s="10">
+        <v>72.75</v>
+      </c>
+      <c r="B19" s="1">
+        <v>36.75</v>
+      </c>
+      <c r="C19" s="9">
+        <v>36</v>
+      </c>
+      <c r="D19" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F19" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="J19" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="K19" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L19" s="3">
+        <v>351</v>
+      </c>
+      <c r="M19" s="24">
+        <v>50139</v>
+      </c>
+      <c r="N19" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O19" s="24">
+        <v>1370040</v>
+      </c>
+      <c r="P19" s="24">
+        <v>548016</v>
+      </c>
+      <c r="Q19" s="6">
+        <v>245</v>
+      </c>
+      <c r="R19" s="29">
+        <v>0.6</v>
+      </c>
+      <c r="S19" s="24">
+        <v>0</v>
+      </c>
+      <c r="T19" s="26">
+        <v>822024</v>
+      </c>
+      <c r="U19" s="25">
+        <v>822024</v>
+      </c>
+    </row>
+    <row r="20" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A20" s="10">
+        <v>69</v>
+      </c>
+      <c r="B20" s="1">
+        <v>33</v>
+      </c>
+      <c r="C20" s="9">
+        <v>36</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H20" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="J20" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="K20" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L20" s="3">
+        <v>1183</v>
+      </c>
+      <c r="M20" s="24">
+        <v>58500</v>
+      </c>
+      <c r="N20" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O20" s="24">
+        <v>1336430</v>
+      </c>
+      <c r="P20" s="24">
+        <v>534572</v>
+      </c>
+      <c r="Q20" s="6">
+        <v>220</v>
+      </c>
+      <c r="R20" s="29">
+        <v>0.6</v>
+      </c>
+      <c r="S20" s="24">
+        <v>0</v>
+      </c>
+      <c r="T20" s="26">
+        <v>801858</v>
+      </c>
+      <c r="U20" s="25">
+        <v>801858</v>
+      </c>
+    </row>
+    <row r="21" spans="1:80" s="146" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="10">
+        <v>68</v>
+      </c>
+      <c r="B21" s="10">
+        <v>27</v>
+      </c>
+      <c r="C21" s="9">
+        <v>41</v>
+      </c>
+      <c r="D21" s="141" t="s">
+        <v>235</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>66</v>
+      </c>
+      <c r="F21" s="141" t="s">
+        <v>67</v>
+      </c>
+      <c r="G21" s="144" t="s">
+        <v>355</v>
+      </c>
+      <c r="H21" s="141" t="s">
+        <v>265</v>
+      </c>
+      <c r="I21" s="9" t="s">
+        <v>311</v>
+      </c>
+      <c r="J21" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="K21" s="141" t="s">
+        <v>273</v>
+      </c>
+      <c r="L21" s="145">
+        <v>1350</v>
+      </c>
+      <c r="M21" s="97">
+        <v>61250</v>
+      </c>
+      <c r="N21" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O21" s="97">
+        <v>1947300</v>
+      </c>
+      <c r="P21" s="97">
+        <v>973650</v>
+      </c>
+      <c r="Q21" s="9">
+        <v>180</v>
+      </c>
+      <c r="R21" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="S21" s="97">
+        <v>0</v>
+      </c>
+      <c r="T21" s="98">
+        <v>973650</v>
+      </c>
+      <c r="U21" s="25">
+        <v>973650</v>
+      </c>
+      <c r="V21" s="20"/>
+      <c r="W21" s="20"/>
+      <c r="X21" s="20"/>
+      <c r="Y21" s="20"/>
+      <c r="Z21" s="20"/>
+      <c r="AA21" s="20"/>
+      <c r="AB21" s="20"/>
+      <c r="AC21" s="20"/>
+      <c r="AD21" s="20"/>
+      <c r="AE21" s="20"/>
+      <c r="AF21" s="20"/>
+      <c r="AG21" s="20"/>
+      <c r="AH21" s="20"/>
+      <c r="AI21" s="20"/>
+      <c r="AJ21" s="20"/>
+      <c r="AK21" s="20"/>
+      <c r="AL21" s="20"/>
+      <c r="AM21" s="20"/>
+      <c r="AN21" s="20"/>
+      <c r="AO21" s="20"/>
+      <c r="AP21" s="20"/>
+      <c r="AQ21" s="20"/>
+      <c r="AR21" s="20"/>
+      <c r="AS21" s="20"/>
+      <c r="AT21" s="20"/>
+      <c r="AU21" s="20"/>
+      <c r="AV21" s="20"/>
+      <c r="AW21" s="20"/>
+      <c r="AX21" s="20"/>
+      <c r="AY21" s="20"/>
+      <c r="AZ21" s="20"/>
+      <c r="BA21" s="20"/>
+      <c r="BB21" s="20"/>
+      <c r="BC21" s="20"/>
+      <c r="BD21" s="20"/>
+      <c r="BE21" s="20"/>
+      <c r="BF21" s="20"/>
+      <c r="BG21" s="20"/>
+      <c r="BH21" s="20"/>
+      <c r="BI21" s="20"/>
+      <c r="BJ21" s="20"/>
+      <c r="BK21" s="20"/>
+      <c r="BL21" s="20"/>
+      <c r="BM21" s="20"/>
+      <c r="BN21" s="20"/>
+      <c r="BO21" s="20"/>
+      <c r="BP21" s="20"/>
+      <c r="BQ21" s="20"/>
+      <c r="BR21" s="20"/>
+      <c r="BS21" s="20"/>
+      <c r="BT21" s="20"/>
+      <c r="BU21" s="20"/>
+      <c r="BV21" s="20"/>
+      <c r="BW21" s="20"/>
+      <c r="BX21" s="20"/>
+      <c r="BY21" s="20"/>
+      <c r="BZ21" s="20"/>
+      <c r="CA21" s="10"/>
+    </row>
+    <row r="22" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A22" s="10">
+        <v>67.5</v>
+      </c>
+      <c r="B22" s="1">
+        <v>40.5</v>
+      </c>
+      <c r="C22" s="9">
+        <v>27</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="F22" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="H22" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="J22" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="E14" s="104" t="s">
-[...26 lines deleted...]
-      <c r="N14" s="132">
+      <c r="K22" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L22" s="3">
+        <v>846</v>
+      </c>
+      <c r="M22" s="24">
+        <v>39688</v>
+      </c>
+      <c r="N22" s="28">
         <v>0.33</v>
       </c>
-      <c r="O14" s="26">
-[...93 lines deleted...]
-      <c r="D15" s="2" t="s">
+      <c r="O22" s="24">
+        <v>514458</v>
+      </c>
+      <c r="P22" s="24">
+        <v>180060.3</v>
+      </c>
+      <c r="Q22" s="6">
+        <v>270</v>
+      </c>
+      <c r="R22" s="29">
+        <v>0.65</v>
+      </c>
+      <c r="S22" s="24">
+        <v>0</v>
+      </c>
+      <c r="T22" s="26">
+        <v>334397.7</v>
+      </c>
+      <c r="U22" s="25">
+        <v>334397.7</v>
+      </c>
+    </row>
+    <row r="23" spans="1:80" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="10">
+        <v>67.5</v>
+      </c>
+      <c r="B23" s="1">
+        <v>40.5</v>
+      </c>
+      <c r="C23" s="9">
+        <v>27</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="F23" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="J23" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="E15" s="2" t="s">
-[...26 lines deleted...]
-      <c r="N15" s="29">
+      <c r="K23" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L23" s="3">
+        <v>846</v>
+      </c>
+      <c r="M23" s="24">
+        <v>39688</v>
+      </c>
+      <c r="N23" s="28">
         <v>0.33</v>
       </c>
-      <c r="O15" s="25">
-[...23 lines deleted...]
-      <c r="B16" s="1">
+      <c r="O23" s="24">
+        <v>508958</v>
+      </c>
+      <c r="P23" s="24">
+        <v>178135.3</v>
+      </c>
+      <c r="Q23" s="6">
+        <v>270</v>
+      </c>
+      <c r="R23" s="29">
+        <v>0.65</v>
+      </c>
+      <c r="S23" s="24">
+        <v>0</v>
+      </c>
+      <c r="T23" s="26">
+        <v>330822.7</v>
+      </c>
+      <c r="U23" s="25">
+        <v>330822.7</v>
+      </c>
+      <c r="V23" s="20"/>
+      <c r="W23" s="20"/>
+      <c r="X23" s="20"/>
+      <c r="Y23" s="20"/>
+      <c r="Z23" s="20"/>
+      <c r="AA23" s="20"/>
+      <c r="AB23" s="20"/>
+      <c r="AC23" s="20"/>
+      <c r="AD23" s="20"/>
+      <c r="AE23" s="20"/>
+      <c r="AF23" s="20"/>
+      <c r="AG23" s="20"/>
+      <c r="AH23" s="20"/>
+      <c r="AI23" s="20"/>
+      <c r="AJ23" s="20"/>
+      <c r="AK23" s="20"/>
+      <c r="AL23" s="20"/>
+      <c r="AM23" s="20"/>
+      <c r="AN23" s="20"/>
+      <c r="AO23" s="20"/>
+      <c r="AP23" s="20"/>
+      <c r="AQ23" s="20"/>
+      <c r="AR23" s="20"/>
+      <c r="AS23" s="20"/>
+      <c r="AT23" s="20"/>
+      <c r="AU23" s="20"/>
+      <c r="AV23" s="20"/>
+      <c r="AW23" s="20"/>
+      <c r="AX23" s="20"/>
+      <c r="AY23" s="20"/>
+      <c r="AZ23" s="20"/>
+      <c r="BA23" s="20"/>
+      <c r="BB23" s="20"/>
+      <c r="BC23" s="20"/>
+      <c r="BD23" s="20"/>
+      <c r="BE23" s="20"/>
+      <c r="BF23" s="20"/>
+      <c r="BG23" s="20"/>
+      <c r="BH23" s="20"/>
+      <c r="BI23" s="20"/>
+      <c r="BJ23" s="20"/>
+      <c r="BK23" s="20"/>
+      <c r="BL23" s="20"/>
+      <c r="BM23" s="20"/>
+      <c r="BN23" s="20"/>
+      <c r="BO23" s="20"/>
+      <c r="BP23" s="20"/>
+      <c r="BQ23" s="20"/>
+      <c r="BR23" s="20"/>
+      <c r="BS23" s="20"/>
+      <c r="BT23" s="20"/>
+      <c r="BU23" s="20"/>
+      <c r="BV23" s="20"/>
+      <c r="BW23" s="20"/>
+      <c r="BX23" s="20"/>
+      <c r="BY23" s="20"/>
+      <c r="BZ23" s="20"/>
+      <c r="CA23" s="20"/>
+      <c r="CB23" s="20"/>
+    </row>
+    <row r="24" spans="1:80" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="10">
+        <v>66.5</v>
+      </c>
+      <c r="B24" s="1">
         <v>34.5</v>
       </c>
-      <c r="C16" s="9">
-[...5 lines deleted...]
-      <c r="E16" s="2" t="s">
+      <c r="C24" s="9">
+        <v>32</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E24" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="F16" s="2" t="s">
-[...11 lines deleted...]
-      <c r="J16" s="1" t="s">
+      <c r="F24" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="J24" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="K16" s="2" t="s">
-[...2 lines deleted...]
-      <c r="L16" s="3">
+      <c r="K24" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="L24" s="3">
         <v>499</v>
       </c>
-      <c r="M16" s="25">
+      <c r="M24" s="24">
         <v>50909</v>
       </c>
-      <c r="N16" s="29">
+      <c r="N24" s="28">
         <v>0.33</v>
       </c>
-      <c r="O16" s="25">
-[...5 lines deleted...]
-      <c r="Q16" s="6">
+      <c r="O24" s="24">
+        <v>437187</v>
+      </c>
+      <c r="P24" s="24">
+        <v>174874.8</v>
+      </c>
+      <c r="Q24" s="6">
         <v>230</v>
       </c>
-      <c r="R16" s="30">
+      <c r="R24" s="29">
         <v>0.6</v>
       </c>
-      <c r="S16" s="25"/>
-[...703 lines deleted...]
-    <row r="25" spans="1:85" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="S24" s="24">
+        <v>0</v>
+      </c>
+      <c r="T24" s="26">
+        <v>262312.2</v>
+      </c>
+      <c r="U24" s="25">
+        <v>262312.2</v>
+      </c>
+      <c r="V24" s="20"/>
+      <c r="W24" s="20"/>
+      <c r="X24" s="20"/>
+      <c r="Y24" s="20"/>
+      <c r="Z24" s="20"/>
+      <c r="AA24" s="20"/>
+      <c r="AB24" s="20"/>
+      <c r="AC24" s="20"/>
+      <c r="AD24" s="20"/>
+      <c r="AE24" s="20"/>
+      <c r="AF24" s="20"/>
+      <c r="AG24" s="20"/>
+      <c r="AH24" s="20"/>
+      <c r="AI24" s="20"/>
+      <c r="AJ24" s="20"/>
+      <c r="AK24" s="20"/>
+      <c r="AL24" s="20"/>
+      <c r="AM24" s="20"/>
+      <c r="AN24" s="20"/>
+      <c r="AO24" s="20"/>
+      <c r="AP24" s="20"/>
+      <c r="AQ24" s="20"/>
+      <c r="AR24" s="20"/>
+      <c r="AS24" s="20"/>
+      <c r="AT24" s="20"/>
+      <c r="AU24" s="20"/>
+      <c r="AV24" s="20"/>
+      <c r="AW24" s="20"/>
+      <c r="AX24" s="20"/>
+      <c r="AY24" s="20"/>
+      <c r="AZ24" s="20"/>
+      <c r="BA24" s="20"/>
+      <c r="BB24" s="20"/>
+      <c r="BC24" s="20"/>
+      <c r="BD24" s="20"/>
+      <c r="BE24" s="20"/>
+      <c r="BF24" s="20"/>
+      <c r="BG24" s="20"/>
+      <c r="BH24" s="20"/>
+      <c r="BI24" s="20"/>
+      <c r="BJ24" s="20"/>
+      <c r="BK24" s="20"/>
+      <c r="BL24" s="20"/>
+      <c r="BM24" s="20"/>
+      <c r="BN24" s="20"/>
+      <c r="BO24" s="20"/>
+      <c r="BP24" s="20"/>
+      <c r="BQ24" s="20"/>
+      <c r="BR24" s="20"/>
+      <c r="BS24" s="20"/>
+      <c r="BT24" s="20"/>
+      <c r="BU24" s="20"/>
+      <c r="BV24" s="20"/>
+      <c r="BW24" s="20"/>
+      <c r="BX24" s="20"/>
+      <c r="BY24" s="20"/>
+      <c r="BZ24" s="20"/>
+      <c r="CA24" s="20"/>
+      <c r="CB24" s="20"/>
+    </row>
+    <row r="25" spans="1:80" s="7" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A25" s="10">
-        <v>67.5</v>
+        <v>64.5</v>
       </c>
       <c r="B25" s="1">
-        <v>40.5</v>
+        <v>37.5</v>
       </c>
       <c r="C25" s="9">
         <v>27</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>12</v>
+        <v>61</v>
       </c>
       <c r="H25" s="2" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="I25" s="6" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>241</v>
+        <v>36</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="L25" s="3">
-        <v>846</v>
-[...4 lines deleted...]
-      <c r="N25" s="29">
+        <v>449</v>
+      </c>
+      <c r="M25" s="24">
+        <v>56830</v>
+      </c>
+      <c r="N25" s="28">
         <v>0.33</v>
       </c>
-      <c r="O25" s="25">
-[...3 lines deleted...]
-        <v>180060.3</v>
+      <c r="O25" s="24">
+        <v>737660</v>
+      </c>
+      <c r="P25" s="24">
+        <v>258181</v>
       </c>
       <c r="Q25" s="6">
+        <v>250</v>
+      </c>
+      <c r="R25" s="29">
+        <v>0.65</v>
+      </c>
+      <c r="S25" s="24">
+        <v>0</v>
+      </c>
+      <c r="T25" s="26">
+        <v>479479</v>
+      </c>
+      <c r="U25" s="25">
+        <v>479479</v>
+      </c>
+      <c r="V25" s="15"/>
+      <c r="W25" s="15"/>
+      <c r="X25" s="15"/>
+      <c r="Y25" s="15"/>
+      <c r="Z25" s="15"/>
+      <c r="AA25" s="15"/>
+      <c r="AB25" s="15"/>
+      <c r="AC25" s="15"/>
+      <c r="AD25" s="15"/>
+      <c r="AE25" s="15"/>
+      <c r="AF25" s="15"/>
+      <c r="AG25" s="15"/>
+      <c r="AH25" s="15"/>
+      <c r="AI25" s="15"/>
+      <c r="AJ25" s="15"/>
+      <c r="AK25" s="15"/>
+      <c r="AL25" s="15"/>
+      <c r="AM25" s="15"/>
+      <c r="AN25" s="15"/>
+      <c r="AO25" s="15"/>
+      <c r="AP25" s="15"/>
+      <c r="AQ25" s="15"/>
+      <c r="AR25" s="15"/>
+      <c r="AS25" s="15"/>
+      <c r="AT25" s="15"/>
+      <c r="AU25" s="15"/>
+      <c r="AV25" s="15"/>
+      <c r="AW25" s="15"/>
+      <c r="AX25" s="15"/>
+      <c r="AY25" s="15"/>
+      <c r="AZ25" s="15"/>
+      <c r="BA25" s="15"/>
+      <c r="BB25" s="15"/>
+      <c r="BC25" s="15"/>
+      <c r="BD25" s="15"/>
+      <c r="BE25" s="15"/>
+      <c r="BF25" s="15"/>
+      <c r="BG25" s="15"/>
+      <c r="BH25" s="15"/>
+      <c r="BI25" s="15"/>
+      <c r="BJ25" s="15"/>
+      <c r="BK25" s="15"/>
+      <c r="BL25" s="15"/>
+      <c r="BM25" s="15"/>
+      <c r="BN25" s="15"/>
+      <c r="BO25" s="15"/>
+      <c r="BP25" s="15"/>
+      <c r="BQ25" s="15"/>
+      <c r="BR25" s="15"/>
+      <c r="BS25" s="15"/>
+      <c r="BT25" s="15"/>
+      <c r="BU25" s="15"/>
+      <c r="BV25" s="15"/>
+      <c r="BW25" s="15"/>
+      <c r="BX25" s="15"/>
+      <c r="BY25" s="15"/>
+      <c r="BZ25" s="15"/>
+      <c r="CA25" s="15"/>
+      <c r="CB25" s="20"/>
+    </row>
+    <row r="26" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A26" s="10">
+        <v>63.25</v>
+      </c>
+      <c r="B26" s="1">
+        <v>41.25</v>
+      </c>
+      <c r="C26" s="9">
+        <v>22</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="F26" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="H26" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="J26" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="K26" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L26" s="3">
+        <v>1476</v>
+      </c>
+      <c r="M26" s="24">
+        <v>46250</v>
+      </c>
+      <c r="N26" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O26" s="24">
+        <v>602500</v>
+      </c>
+      <c r="P26" s="24">
+        <v>180750</v>
+      </c>
+      <c r="Q26" s="6">
+        <v>275</v>
+      </c>
+      <c r="R26" s="29">
+        <v>0.7</v>
+      </c>
+      <c r="S26" s="24">
+        <v>0</v>
+      </c>
+      <c r="T26" s="26">
+        <v>421750</v>
+      </c>
+      <c r="U26" s="25">
+        <v>421750</v>
+      </c>
+    </row>
+    <row r="27" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A27" s="10">
+        <v>62.5</v>
+      </c>
+      <c r="B27" s="1">
+        <v>40.5</v>
+      </c>
+      <c r="C27" s="9">
+        <v>22</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="G27" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="H27" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="J27" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="K27" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L27" s="3">
+        <v>2434</v>
+      </c>
+      <c r="M27" s="24">
+        <v>44474</v>
+      </c>
+      <c r="N27" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O27" s="24">
+        <v>668718</v>
+      </c>
+      <c r="P27" s="24">
+        <v>234051.3</v>
+      </c>
+      <c r="Q27" s="6">
         <v>270</v>
       </c>
-      <c r="R25" s="30">
+      <c r="R27" s="29">
         <v>0.65</v>
       </c>
-      <c r="S25" s="25"/>
-[...111 lines deleted...]
-      <c r="N26" s="29">
+      <c r="S27" s="24">
+        <v>0</v>
+      </c>
+      <c r="T27" s="26">
+        <v>434666.7</v>
+      </c>
+      <c r="U27" s="25">
+        <v>434666.7</v>
+      </c>
+    </row>
+    <row r="28" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A28" s="10">
+        <v>62</v>
+      </c>
+      <c r="B28" s="1">
+        <v>30</v>
+      </c>
+      <c r="C28" s="9">
+        <v>32</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="I28" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="J28" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="K28" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="L28" s="3">
+        <v>577385</v>
+      </c>
+      <c r="M28" s="24">
+        <v>51888</v>
+      </c>
+      <c r="N28" s="28">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O28" s="24">
+        <v>8263618</v>
+      </c>
+      <c r="P28" s="24">
+        <v>6663618</v>
+      </c>
+      <c r="Q28" s="6">
+        <v>200</v>
+      </c>
+      <c r="R28" s="29">
+        <v>0.6</v>
+      </c>
+      <c r="S28" s="24">
+        <v>0</v>
+      </c>
+      <c r="T28" s="26">
+        <v>1600000</v>
+      </c>
+      <c r="U28" s="25">
+        <v>1600000</v>
+      </c>
+      <c r="V28" s="124"/>
+      <c r="W28" s="124"/>
+      <c r="X28" s="124"/>
+      <c r="Y28" s="124"/>
+      <c r="Z28" s="124"/>
+      <c r="AA28" s="124"/>
+      <c r="AB28" s="124"/>
+      <c r="AC28" s="124"/>
+      <c r="AD28" s="124"/>
+      <c r="AE28" s="124"/>
+      <c r="AF28" s="124"/>
+      <c r="AG28" s="124"/>
+      <c r="AH28" s="124"/>
+      <c r="AI28" s="124"/>
+      <c r="AJ28" s="124"/>
+      <c r="AK28" s="124"/>
+      <c r="AL28" s="124"/>
+      <c r="AM28" s="124"/>
+      <c r="AN28" s="124"/>
+      <c r="AO28" s="124"/>
+      <c r="AP28" s="124"/>
+      <c r="AQ28" s="124"/>
+      <c r="AR28" s="124"/>
+      <c r="AS28" s="124"/>
+      <c r="AT28" s="124"/>
+      <c r="AU28" s="124"/>
+      <c r="AV28" s="124"/>
+      <c r="AW28" s="124"/>
+      <c r="AX28" s="124"/>
+      <c r="AY28" s="124"/>
+      <c r="AZ28" s="124"/>
+      <c r="BA28" s="124"/>
+      <c r="BB28" s="124"/>
+      <c r="BC28" s="124"/>
+      <c r="BD28" s="124"/>
+      <c r="BE28" s="124"/>
+      <c r="BF28" s="124"/>
+      <c r="BG28" s="124"/>
+      <c r="BH28" s="124"/>
+      <c r="BI28" s="124"/>
+      <c r="BJ28" s="124"/>
+      <c r="BK28" s="124"/>
+      <c r="BL28" s="124"/>
+      <c r="BM28" s="124"/>
+      <c r="BN28" s="124"/>
+      <c r="BO28" s="124"/>
+      <c r="BP28" s="124"/>
+      <c r="BQ28" s="124"/>
+      <c r="BR28" s="124"/>
+      <c r="BS28" s="124"/>
+      <c r="BT28" s="124"/>
+      <c r="BU28" s="124"/>
+      <c r="BV28" s="124"/>
+      <c r="BW28" s="124"/>
+      <c r="BX28" s="124"/>
+      <c r="BY28" s="124"/>
+      <c r="BZ28" s="124"/>
+      <c r="CA28" s="124"/>
+    </row>
+    <row r="29" spans="1:80" s="9" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="10">
+        <v>61.5</v>
+      </c>
+      <c r="B29" s="1">
+        <v>25.5</v>
+      </c>
+      <c r="C29" s="9">
+        <v>36</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I29" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="J29" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="K29" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L29" s="3">
+        <v>3223</v>
+      </c>
+      <c r="M29" s="24">
+        <v>52457</v>
+      </c>
+      <c r="N29" s="28">
         <v>0.33</v>
       </c>
-      <c r="O26" s="25">
-[...256 lines deleted...]
-        <v>234051.3</v>
+      <c r="O29" s="24">
+        <v>2245800</v>
+      </c>
+      <c r="P29" s="24">
+        <v>1122900</v>
       </c>
       <c r="Q29" s="6">
-        <v>270</v>
-[...12 lines deleted...]
-    <row r="30" spans="1:85" s="9" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+        <v>170</v>
+      </c>
+      <c r="R29" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="S29" s="24">
+        <v>0</v>
+      </c>
+      <c r="T29" s="26">
+        <v>1122900</v>
+      </c>
+      <c r="U29" s="25">
+        <v>1122900</v>
+      </c>
+      <c r="V29" s="20"/>
+      <c r="W29" s="20"/>
+      <c r="X29" s="20"/>
+      <c r="Y29" s="20"/>
+      <c r="Z29" s="20"/>
+      <c r="AA29" s="20"/>
+      <c r="AB29" s="20"/>
+      <c r="AC29" s="20"/>
+      <c r="AD29" s="20"/>
+      <c r="AE29" s="20"/>
+      <c r="AF29" s="20"/>
+      <c r="AG29" s="20"/>
+      <c r="AH29" s="20"/>
+      <c r="AI29" s="20"/>
+      <c r="AJ29" s="20"/>
+      <c r="AK29" s="20"/>
+      <c r="AL29" s="20"/>
+      <c r="AM29" s="20"/>
+      <c r="AN29" s="20"/>
+      <c r="AO29" s="20"/>
+      <c r="AP29" s="20"/>
+      <c r="AQ29" s="20"/>
+      <c r="AR29" s="20"/>
+      <c r="AS29" s="20"/>
+      <c r="AT29" s="20"/>
+      <c r="AU29" s="20"/>
+      <c r="AV29" s="20"/>
+      <c r="AW29" s="20"/>
+      <c r="AX29" s="20"/>
+      <c r="AY29" s="20"/>
+      <c r="AZ29" s="20"/>
+      <c r="BA29" s="20"/>
+      <c r="BB29" s="20"/>
+      <c r="BC29" s="20"/>
+      <c r="BD29" s="20"/>
+      <c r="BE29" s="20"/>
+      <c r="BF29" s="20"/>
+      <c r="BG29" s="20"/>
+      <c r="BH29" s="20"/>
+      <c r="BI29" s="20"/>
+      <c r="BJ29" s="20"/>
+      <c r="BK29" s="20"/>
+      <c r="BL29" s="20"/>
+      <c r="BM29" s="20"/>
+      <c r="BN29" s="20"/>
+      <c r="BO29" s="20"/>
+      <c r="BP29" s="20"/>
+      <c r="BQ29" s="20"/>
+      <c r="BR29" s="20"/>
+      <c r="BS29" s="20"/>
+      <c r="BT29" s="20"/>
+      <c r="BU29" s="20"/>
+      <c r="BV29" s="20"/>
+      <c r="BW29" s="20"/>
+      <c r="BX29" s="20"/>
+      <c r="BY29" s="20"/>
+      <c r="BZ29" s="20"/>
+      <c r="CA29" s="20"/>
+      <c r="CB29" s="124"/>
+    </row>
+    <row r="30" spans="1:80" x14ac:dyDescent="0.3">
       <c r="A30" s="10">
+        <v>60.75</v>
+      </c>
+      <c r="B30" s="1">
+        <v>24.75</v>
+      </c>
+      <c r="C30" s="9">
+        <v>36</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="F30" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G30" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I30" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="J30" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B30" s="1">
-[...25 lines deleted...]
-      </c>
       <c r="K30" s="2" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="L30" s="3">
-        <v>577385</v>
-[...2 lines deleted...]
-        <v>51888</v>
+        <v>617</v>
+      </c>
+      <c r="M30" s="24">
+        <v>65469</v>
       </c>
       <c r="N30" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O30" s="25">
-[...3 lines deleted...]
-        <v>6663618</v>
+      <c r="O30" s="24">
+        <v>719500</v>
+      </c>
+      <c r="P30" s="24">
+        <v>395725</v>
       </c>
       <c r="Q30" s="6">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="R30" s="30">
+        <v>165</v>
+      </c>
+      <c r="R30" s="29">
+        <v>0.45</v>
+      </c>
+      <c r="S30" s="24">
+        <v>0</v>
+      </c>
+      <c r="T30" s="26">
+        <v>323775</v>
+      </c>
+      <c r="U30" s="25">
+        <v>323775</v>
+      </c>
+    </row>
+    <row r="31" spans="1:80" s="4" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="10">
+        <v>59</v>
+      </c>
+      <c r="B31" s="1">
+        <v>3</v>
+      </c>
+      <c r="C31" s="9">
+        <v>56</v>
+      </c>
+      <c r="D31" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>204</v>
+      </c>
+      <c r="G31" s="80" t="s">
+        <v>212</v>
+      </c>
+      <c r="H31" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="I31" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="J31" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="K31" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="L31" s="12">
+        <v>6264</v>
+      </c>
+      <c r="M31" s="24">
+        <v>125938</v>
+      </c>
+      <c r="N31" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O31" s="24">
+        <v>4589220</v>
+      </c>
+      <c r="P31" s="24">
+        <v>4589220</v>
+      </c>
+      <c r="Q31" s="6">
+        <v>20</v>
+      </c>
+      <c r="R31" s="29">
+        <v>0</v>
+      </c>
+      <c r="S31" s="24">
+        <v>0</v>
+      </c>
+      <c r="T31" s="26">
+        <v>0</v>
+      </c>
+      <c r="U31" s="25">
+        <v>0</v>
+      </c>
+      <c r="V31" s="20"/>
+      <c r="W31" s="20"/>
+      <c r="X31" s="20"/>
+      <c r="Y31" s="20"/>
+      <c r="Z31" s="20"/>
+      <c r="AA31" s="20"/>
+      <c r="AB31" s="20"/>
+      <c r="AC31" s="20"/>
+      <c r="AD31" s="20"/>
+      <c r="AE31" s="20"/>
+      <c r="AF31" s="20"/>
+      <c r="AG31" s="20"/>
+      <c r="AH31" s="20"/>
+      <c r="AI31" s="20"/>
+      <c r="AJ31" s="20"/>
+      <c r="AK31" s="20"/>
+      <c r="AL31" s="20"/>
+      <c r="AM31" s="20"/>
+      <c r="AN31" s="20"/>
+      <c r="AO31" s="20"/>
+      <c r="AP31" s="20"/>
+      <c r="AQ31" s="20"/>
+      <c r="AR31" s="20"/>
+      <c r="AS31" s="20"/>
+      <c r="AT31" s="20"/>
+      <c r="AU31" s="20"/>
+      <c r="AV31" s="20"/>
+      <c r="AW31" s="20"/>
+      <c r="AX31" s="20"/>
+      <c r="AY31" s="20"/>
+      <c r="AZ31" s="20"/>
+      <c r="BA31" s="20"/>
+      <c r="BB31" s="20"/>
+      <c r="BC31" s="20"/>
+      <c r="BD31" s="20"/>
+      <c r="BE31" s="20"/>
+      <c r="BF31" s="20"/>
+      <c r="BG31" s="20"/>
+      <c r="BH31" s="20"/>
+      <c r="BI31" s="20"/>
+      <c r="BJ31" s="20"/>
+      <c r="BK31" s="20"/>
+      <c r="BL31" s="20"/>
+      <c r="BM31" s="20"/>
+      <c r="BN31" s="20"/>
+      <c r="BO31" s="20"/>
+      <c r="BP31" s="20"/>
+      <c r="BQ31" s="20"/>
+      <c r="BR31" s="20"/>
+      <c r="BS31" s="20"/>
+      <c r="BT31" s="20"/>
+      <c r="BU31" s="20"/>
+      <c r="BV31" s="20"/>
+      <c r="BW31" s="20"/>
+      <c r="BX31" s="20"/>
+      <c r="BY31" s="20"/>
+      <c r="BZ31" s="20"/>
+      <c r="CA31" s="20"/>
+      <c r="CB31" s="20"/>
+    </row>
+    <row r="32" spans="1:80" s="4" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="10">
+        <v>58.5</v>
+      </c>
+      <c r="B32" s="10">
+        <v>31.5</v>
+      </c>
+      <c r="C32" s="9">
+        <v>27</v>
+      </c>
+      <c r="D32" s="144" t="s">
+        <v>235</v>
+      </c>
+      <c r="E32" s="144" t="s">
+        <v>381</v>
+      </c>
+      <c r="F32" s="141" t="s">
+        <v>209</v>
+      </c>
+      <c r="G32" s="144" t="s">
+        <v>380</v>
+      </c>
+      <c r="H32" s="9" t="s">
+        <v>269</v>
+      </c>
+      <c r="I32" s="9" t="s">
+        <v>281</v>
+      </c>
+      <c r="J32" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="K32" s="9" t="s">
+        <v>271</v>
+      </c>
+      <c r="L32" s="145">
+        <v>3034</v>
+      </c>
+      <c r="M32" s="97">
+        <v>50600</v>
+      </c>
+      <c r="N32" s="106">
+        <v>0.33</v>
+      </c>
+      <c r="O32" s="97">
+        <v>1154032</v>
+      </c>
+      <c r="P32" s="97">
+        <v>461612.80000000005</v>
+      </c>
+      <c r="Q32" s="9">
+        <v>210</v>
+      </c>
+      <c r="R32" s="29">
         <v>0.6</v>
       </c>
-      <c r="S30" s="25"/>
-[...261 lines deleted...]
-    <row r="33" spans="1:85" s="4" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="S32" s="98">
+        <v>0</v>
+      </c>
+      <c r="T32" s="97">
+        <v>692419.2</v>
+      </c>
+      <c r="U32" s="97">
+        <v>692419.2</v>
+      </c>
+      <c r="V32" s="20"/>
+      <c r="W32" s="20"/>
+      <c r="X32" s="20"/>
+      <c r="Y32" s="20"/>
+      <c r="Z32" s="20"/>
+      <c r="AA32" s="20"/>
+      <c r="AB32" s="20"/>
+      <c r="AC32" s="20"/>
+      <c r="AD32" s="20"/>
+      <c r="AE32" s="20"/>
+      <c r="AF32" s="20"/>
+      <c r="AG32" s="20"/>
+      <c r="AH32" s="20"/>
+      <c r="AI32" s="20"/>
+      <c r="AJ32" s="20"/>
+      <c r="AK32" s="20"/>
+      <c r="AL32" s="20"/>
+      <c r="AM32" s="20"/>
+      <c r="AN32" s="20"/>
+      <c r="AO32" s="20"/>
+      <c r="AP32" s="20"/>
+      <c r="AQ32" s="20"/>
+      <c r="AR32" s="20"/>
+      <c r="AS32" s="20"/>
+      <c r="AT32" s="20"/>
+      <c r="AU32" s="20"/>
+      <c r="AV32" s="20"/>
+      <c r="AW32" s="20"/>
+      <c r="AX32" s="20"/>
+      <c r="AY32" s="20"/>
+      <c r="AZ32" s="20"/>
+      <c r="BA32" s="20"/>
+      <c r="BB32" s="20"/>
+      <c r="BC32" s="20"/>
+      <c r="BD32" s="20"/>
+      <c r="BE32" s="20"/>
+      <c r="BF32" s="20"/>
+      <c r="BG32" s="20"/>
+      <c r="BH32" s="20"/>
+      <c r="BI32" s="20"/>
+      <c r="BJ32" s="20"/>
+      <c r="BK32" s="20"/>
+      <c r="BL32" s="20"/>
+      <c r="BM32" s="20"/>
+      <c r="BN32" s="20"/>
+      <c r="BO32" s="20"/>
+      <c r="BP32" s="20"/>
+      <c r="BQ32" s="20"/>
+      <c r="BR32" s="20"/>
+      <c r="BS32" s="20"/>
+      <c r="BT32" s="20"/>
+      <c r="BU32" s="20"/>
+      <c r="BV32" s="20"/>
+      <c r="BW32" s="20"/>
+      <c r="BX32" s="20"/>
+      <c r="BY32" s="20"/>
+      <c r="BZ32" s="20"/>
+      <c r="CA32" s="20"/>
+      <c r="CB32" s="20"/>
+    </row>
+    <row r="33" spans="1:80" s="21" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A33" s="10">
         <v>58.5</v>
       </c>
       <c r="B33" s="1">
         <v>22.5</v>
       </c>
       <c r="C33" s="9">
         <v>36</v>
       </c>
       <c r="D33" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E33" s="6" t="s">
         <v>26</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G33" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="I33" s="6" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="J33" s="1" t="s">
         <v>4</v>
       </c>
       <c r="K33" s="6" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="L33" s="3">
         <v>1588</v>
       </c>
-      <c r="M33" s="25">
+      <c r="M33" s="24">
         <v>59321</v>
       </c>
-      <c r="N33" s="29">
+      <c r="N33" s="28">
         <v>0.33</v>
       </c>
-      <c r="O33" s="25">
+      <c r="O33" s="24">
         <v>2998150</v>
       </c>
-      <c r="P33" s="25">
+      <c r="P33" s="24">
         <v>1798890</v>
       </c>
       <c r="Q33" s="6">
         <v>150</v>
       </c>
-      <c r="R33" s="30">
+      <c r="R33" s="29">
         <v>0.4</v>
       </c>
-      <c r="S33" s="25"/>
-      <c r="T33" s="27">
+      <c r="S33" s="24">
+        <v>0</v>
+      </c>
+      <c r="T33" s="26">
         <v>1199260</v>
       </c>
-      <c r="U33" s="26">
+      <c r="U33" s="25">
         <v>1199260</v>
       </c>
-      <c r="V33" s="21"/>
-[...64 lines deleted...]
-    <row r="34" spans="1:85" s="22" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="V33" s="20"/>
+      <c r="W33" s="20"/>
+      <c r="X33" s="20"/>
+      <c r="Y33" s="20"/>
+      <c r="Z33" s="20"/>
+      <c r="AA33" s="20"/>
+      <c r="AB33" s="20"/>
+      <c r="AC33" s="20"/>
+      <c r="AD33" s="20"/>
+      <c r="AE33" s="20"/>
+      <c r="AF33" s="20"/>
+      <c r="AG33" s="20"/>
+      <c r="AH33" s="20"/>
+      <c r="AI33" s="20"/>
+      <c r="AJ33" s="20"/>
+      <c r="AK33" s="20"/>
+      <c r="AL33" s="20"/>
+      <c r="AM33" s="20"/>
+      <c r="AN33" s="20"/>
+      <c r="AO33" s="20"/>
+      <c r="AP33" s="20"/>
+      <c r="AQ33" s="20"/>
+      <c r="AR33" s="20"/>
+      <c r="AS33" s="20"/>
+      <c r="AT33" s="20"/>
+      <c r="AU33" s="20"/>
+      <c r="AV33" s="20"/>
+      <c r="AW33" s="20"/>
+      <c r="AX33" s="20"/>
+      <c r="AY33" s="20"/>
+      <c r="AZ33" s="20"/>
+      <c r="BA33" s="20"/>
+      <c r="BB33" s="20"/>
+      <c r="BC33" s="20"/>
+      <c r="BD33" s="20"/>
+      <c r="BE33" s="20"/>
+      <c r="BF33" s="20"/>
+      <c r="BG33" s="20"/>
+      <c r="BH33" s="20"/>
+      <c r="BI33" s="20"/>
+      <c r="BJ33" s="20"/>
+      <c r="BK33" s="20"/>
+      <c r="BL33" s="20"/>
+      <c r="BM33" s="20"/>
+      <c r="BN33" s="20"/>
+      <c r="BO33" s="20"/>
+      <c r="BP33" s="20"/>
+      <c r="BQ33" s="20"/>
+      <c r="BR33" s="20"/>
+      <c r="BS33" s="20"/>
+      <c r="BT33" s="20"/>
+      <c r="BU33" s="20"/>
+      <c r="BV33" s="20"/>
+      <c r="BW33" s="20"/>
+      <c r="BX33" s="20"/>
+      <c r="BY33" s="20"/>
+      <c r="BZ33" s="20"/>
+      <c r="CA33" s="20"/>
+      <c r="CB33" s="20"/>
+    </row>
+    <row r="34" spans="1:80" x14ac:dyDescent="0.3">
       <c r="A34" s="10">
         <v>56</v>
       </c>
       <c r="B34" s="1">
         <v>12</v>
       </c>
       <c r="C34" s="9">
         <v>44</v>
       </c>
       <c r="D34" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F34" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="G34" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="G34" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H34" s="2" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="I34" s="6" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="L34" s="3">
         <v>2807</v>
       </c>
-      <c r="M34" s="25">
+      <c r="M34" s="24">
         <v>79565</v>
       </c>
-      <c r="N34" s="30">
+      <c r="N34" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O34" s="25">
+      <c r="O34" s="24">
         <v>1582879</v>
       </c>
-      <c r="P34" s="25">
+      <c r="P34" s="24">
         <v>1266303.2</v>
       </c>
       <c r="Q34" s="6">
         <v>80</v>
       </c>
-      <c r="R34" s="30">
+      <c r="R34" s="29">
         <v>0.2</v>
       </c>
-      <c r="S34" s="25"/>
-      <c r="T34" s="27">
+      <c r="S34" s="24">
+        <v>0</v>
+      </c>
+      <c r="T34" s="26">
         <v>316575.80000000005</v>
       </c>
-      <c r="U34" s="26">
+      <c r="U34" s="25">
         <v>316575.80000000005</v>
       </c>
-      <c r="V34" s="21"/>
-[...64 lines deleted...]
-    <row r="35" spans="1:85" x14ac:dyDescent="0.3">
+    </row>
+    <row r="35" spans="1:80" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A35" s="9">
         <v>56</v>
       </c>
       <c r="B35" s="9">
         <v>12</v>
       </c>
       <c r="C35" s="9">
         <v>44</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E35" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="F35" s="9" t="s">
         <v>108</v>
       </c>
-      <c r="F35" s="9" t="s">
+      <c r="G35" s="9" t="s">
         <v>109</v>
       </c>
-      <c r="G35" s="9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="9" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="J35" s="9" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="K35" s="9" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
       <c r="L35" s="13">
         <v>2807</v>
       </c>
-      <c r="M35" s="26">
+      <c r="M35" s="25">
         <v>79565</v>
       </c>
-      <c r="N35" s="30">
+      <c r="N35" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O35" s="26">
+      <c r="O35" s="25">
         <v>391835</v>
       </c>
-      <c r="P35" s="25">
+      <c r="P35" s="24">
         <v>313468</v>
       </c>
       <c r="Q35" s="9">
         <v>80</v>
       </c>
-      <c r="R35" s="30">
+      <c r="R35" s="29">
         <v>0.2</v>
       </c>
-      <c r="S35" s="26"/>
-      <c r="T35" s="27">
+      <c r="S35" s="24">
+        <v>0</v>
+      </c>
+      <c r="T35" s="26">
         <v>78367</v>
       </c>
-      <c r="U35" s="26">
+      <c r="U35" s="25">
         <v>78367</v>
       </c>
-    </row>
-    <row r="36" spans="1:85" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="V35" s="20"/>
+      <c r="W35" s="20"/>
+      <c r="X35" s="20"/>
+      <c r="Y35" s="20"/>
+      <c r="Z35" s="20"/>
+      <c r="AA35" s="20"/>
+      <c r="AB35" s="20"/>
+      <c r="AC35" s="20"/>
+      <c r="AD35" s="20"/>
+      <c r="AE35" s="20"/>
+      <c r="AF35" s="20"/>
+      <c r="AG35" s="20"/>
+      <c r="AH35" s="20"/>
+      <c r="AI35" s="20"/>
+      <c r="AJ35" s="20"/>
+      <c r="AK35" s="20"/>
+      <c r="AL35" s="20"/>
+      <c r="AM35" s="20"/>
+      <c r="AN35" s="20"/>
+      <c r="AO35" s="20"/>
+      <c r="AP35" s="20"/>
+      <c r="AQ35" s="20"/>
+      <c r="AR35" s="20"/>
+      <c r="AS35" s="20"/>
+      <c r="AT35" s="20"/>
+      <c r="AU35" s="20"/>
+      <c r="AV35" s="20"/>
+      <c r="AW35" s="20"/>
+      <c r="AX35" s="20"/>
+      <c r="AY35" s="20"/>
+      <c r="AZ35" s="20"/>
+      <c r="BA35" s="20"/>
+      <c r="BB35" s="20"/>
+      <c r="BC35" s="20"/>
+      <c r="BD35" s="20"/>
+      <c r="BE35" s="20"/>
+      <c r="BF35" s="20"/>
+      <c r="BG35" s="20"/>
+      <c r="BH35" s="20"/>
+      <c r="BI35" s="20"/>
+      <c r="BJ35" s="20"/>
+      <c r="BK35" s="20"/>
+      <c r="BL35" s="20"/>
+      <c r="BM35" s="20"/>
+      <c r="BN35" s="20"/>
+      <c r="BO35" s="20"/>
+      <c r="BP35" s="20"/>
+      <c r="BQ35" s="20"/>
+      <c r="BR35" s="20"/>
+      <c r="BS35" s="20"/>
+      <c r="BT35" s="20"/>
+      <c r="BU35" s="20"/>
+      <c r="BV35" s="20"/>
+      <c r="BW35" s="20"/>
+      <c r="BX35" s="20"/>
+      <c r="BY35" s="20"/>
+      <c r="BZ35" s="20"/>
+      <c r="CA35" s="20"/>
+    </row>
+    <row r="36" spans="1:80" s="15" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A36" s="10">
-        <v>54.5</v>
+        <v>53.75</v>
       </c>
       <c r="B36" s="1">
-        <v>37.5</v>
+        <v>27.75</v>
       </c>
       <c r="C36" s="9">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E36" s="6" t="s">
-        <v>59</v>
+        <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>60</v>
+        <v>137</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>61</v>
+        <v>138</v>
       </c>
       <c r="H36" s="2" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="I36" s="6" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>36</v>
+        <v>62</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="L36" s="3">
-        <v>449</v>
-[...4 lines deleted...]
-      <c r="N36" s="29">
+        <v>761</v>
+      </c>
+      <c r="M36" s="24">
+        <v>57708</v>
+      </c>
+      <c r="N36" s="28">
         <v>0.33</v>
       </c>
-      <c r="O36" s="25">
-[...3 lines deleted...]
-        <v>258181</v>
+      <c r="O36" s="24">
+        <v>1295903</v>
+      </c>
+      <c r="P36" s="24">
+        <v>583156.35</v>
       </c>
       <c r="Q36" s="6">
-        <v>250</v>
-[...13 lines deleted...]
-      <c r="A37" s="10">
+        <v>185</v>
+      </c>
+      <c r="R36" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="S36" s="24">
+        <v>0</v>
+      </c>
+      <c r="T36" s="26">
+        <v>712746.65</v>
+      </c>
+      <c r="U36" s="25">
+        <v>712746.65</v>
+      </c>
+      <c r="V36" s="124"/>
+      <c r="W36" s="124"/>
+      <c r="X36" s="124"/>
+      <c r="Y36" s="124"/>
+      <c r="Z36" s="124"/>
+      <c r="AA36" s="124"/>
+      <c r="AB36" s="124"/>
+      <c r="AC36" s="124"/>
+      <c r="AD36" s="124"/>
+      <c r="AE36" s="124"/>
+      <c r="AF36" s="124"/>
+      <c r="AG36" s="124"/>
+      <c r="AH36" s="124"/>
+      <c r="AI36" s="124"/>
+      <c r="AJ36" s="124"/>
+      <c r="AK36" s="124"/>
+      <c r="AL36" s="124"/>
+      <c r="AM36" s="124"/>
+      <c r="AN36" s="124"/>
+      <c r="AO36" s="124"/>
+      <c r="AP36" s="124"/>
+      <c r="AQ36" s="124"/>
+      <c r="AR36" s="124"/>
+      <c r="AS36" s="124"/>
+      <c r="AT36" s="124"/>
+      <c r="AU36" s="124"/>
+      <c r="AV36" s="124"/>
+      <c r="AW36" s="124"/>
+      <c r="AX36" s="124"/>
+      <c r="AY36" s="124"/>
+      <c r="AZ36" s="124"/>
+      <c r="BA36" s="124"/>
+      <c r="BB36" s="124"/>
+      <c r="BC36" s="124"/>
+      <c r="BD36" s="124"/>
+      <c r="BE36" s="124"/>
+      <c r="BF36" s="124"/>
+      <c r="BG36" s="124"/>
+      <c r="BH36" s="124"/>
+      <c r="BI36" s="124"/>
+      <c r="BJ36" s="124"/>
+      <c r="BK36" s="124"/>
+      <c r="BL36" s="124"/>
+      <c r="BM36" s="124"/>
+      <c r="BN36" s="124"/>
+      <c r="BO36" s="124"/>
+      <c r="BP36" s="124"/>
+      <c r="BQ36" s="124"/>
+      <c r="BR36" s="124"/>
+      <c r="BS36" s="124"/>
+      <c r="BT36" s="124"/>
+      <c r="BU36" s="124"/>
+      <c r="BV36" s="124"/>
+      <c r="BW36" s="124"/>
+      <c r="BX36" s="124"/>
+      <c r="BY36" s="124"/>
+      <c r="BZ36" s="124"/>
+      <c r="CA36" s="124"/>
+    </row>
+    <row r="37" spans="1:80" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="1">
+        <v>53.25</v>
+      </c>
+      <c r="B37" s="1">
+        <v>20.25</v>
+      </c>
+      <c r="C37" s="6">
+        <v>43</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>208</v>
+      </c>
+      <c r="H37" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I37" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="J37" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="K37" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L37" s="3">
+        <v>2415</v>
+      </c>
+      <c r="M37" s="24">
+        <v>62695</v>
+      </c>
+      <c r="N37" s="30">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O37" s="3">
+        <v>4365265</v>
+      </c>
+      <c r="P37" s="24">
+        <v>2837422.25</v>
+      </c>
+      <c r="Q37" s="6">
+        <v>135</v>
+      </c>
+      <c r="R37" s="30">
+        <v>0.35</v>
+      </c>
+      <c r="S37" s="24">
+        <v>0</v>
+      </c>
+      <c r="T37" s="26">
+        <v>1527842.75</v>
+      </c>
+      <c r="U37" s="123">
+        <v>1527842.75</v>
+      </c>
+      <c r="V37" s="20"/>
+      <c r="W37" s="20"/>
+      <c r="X37" s="20"/>
+      <c r="Y37" s="20"/>
+      <c r="Z37" s="20"/>
+      <c r="AA37" s="20"/>
+      <c r="AB37" s="20"/>
+      <c r="AC37" s="20"/>
+      <c r="AD37" s="20"/>
+      <c r="AE37" s="20"/>
+      <c r="AF37" s="20"/>
+      <c r="AG37" s="20"/>
+      <c r="AH37" s="20"/>
+      <c r="AI37" s="20"/>
+      <c r="AJ37" s="20"/>
+      <c r="AK37" s="20"/>
+      <c r="AL37" s="20"/>
+      <c r="AM37" s="20"/>
+      <c r="AN37" s="20"/>
+      <c r="AO37" s="20"/>
+      <c r="AP37" s="20"/>
+      <c r="AQ37" s="20"/>
+      <c r="AR37" s="20"/>
+      <c r="AS37" s="20"/>
+      <c r="AT37" s="20"/>
+      <c r="AU37" s="20"/>
+      <c r="AV37" s="20"/>
+      <c r="AW37" s="20"/>
+      <c r="AX37" s="20"/>
+      <c r="AY37" s="20"/>
+      <c r="AZ37" s="20"/>
+      <c r="BA37" s="20"/>
+      <c r="BB37" s="20"/>
+      <c r="BC37" s="20"/>
+      <c r="BD37" s="20"/>
+      <c r="BE37" s="20"/>
+      <c r="BF37" s="20"/>
+      <c r="BG37" s="20"/>
+      <c r="BH37" s="20"/>
+      <c r="BI37" s="20"/>
+      <c r="BJ37" s="20"/>
+      <c r="BK37" s="20"/>
+      <c r="BL37" s="20"/>
+      <c r="BM37" s="20"/>
+      <c r="BN37" s="20"/>
+      <c r="BO37" s="20"/>
+      <c r="BP37" s="20"/>
+      <c r="BQ37" s="20"/>
+      <c r="BR37" s="20"/>
+      <c r="BS37" s="20"/>
+      <c r="BT37" s="20"/>
+      <c r="BU37" s="20"/>
+      <c r="BV37" s="20"/>
+      <c r="BW37" s="20"/>
+      <c r="BX37" s="20"/>
+      <c r="BY37" s="20"/>
+      <c r="BZ37" s="20"/>
+      <c r="CA37" s="20"/>
+    </row>
+    <row r="38" spans="1:80" s="22" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="10">
         <v>53</v>
       </c>
-      <c r="B37" s="1">
+      <c r="B38" s="1">
         <v>27</v>
       </c>
-      <c r="C37" s="9">
+      <c r="C38" s="9">
         <v>26</v>
       </c>
-      <c r="D37" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E37" s="6" t="s">
+      <c r="D38" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>102</v>
       </c>
-      <c r="F37" s="2" t="s">
+      <c r="G38" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="G37" s="2" t="s">
-[...8 lines deleted...]
-      <c r="J37" s="1" t="s">
+      <c r="H38" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I38" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="J38" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="K37" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L37" s="3">
+      <c r="K38" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="L38" s="3">
         <v>619</v>
       </c>
-      <c r="M37" s="25">
+      <c r="M38" s="24">
         <v>60096</v>
       </c>
-      <c r="N37" s="29">
+      <c r="N38" s="28">
         <v>0.33</v>
       </c>
-      <c r="O37" s="25">
+      <c r="O38" s="24">
         <v>1566500</v>
       </c>
-      <c r="P37" s="25">
+      <c r="P38" s="24">
         <v>783250</v>
       </c>
-      <c r="Q37" s="6">
+      <c r="Q38" s="6">
         <v>180</v>
       </c>
-      <c r="R37" s="30">
+      <c r="R38" s="29">
         <v>0.5</v>
       </c>
-      <c r="S37" s="25"/>
-      <c r="T37" s="27">
+      <c r="S38" s="24">
+        <v>0</v>
+      </c>
+      <c r="T38" s="26">
         <v>783250</v>
       </c>
-      <c r="U37" s="26">
+      <c r="U38" s="25">
         <v>783250</v>
       </c>
-    </row>
-[...63 lines deleted...]
-    <row r="39" spans="1:85" s="23" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="V38" s="15"/>
+      <c r="W38" s="15"/>
+      <c r="X38" s="15"/>
+      <c r="Y38" s="15"/>
+      <c r="Z38" s="15"/>
+      <c r="AA38" s="15"/>
+      <c r="AB38" s="15"/>
+      <c r="AC38" s="15"/>
+      <c r="AD38" s="15"/>
+      <c r="AE38" s="15"/>
+      <c r="AF38" s="15"/>
+      <c r="AG38" s="15"/>
+      <c r="AH38" s="15"/>
+      <c r="AI38" s="15"/>
+      <c r="AJ38" s="15"/>
+      <c r="AK38" s="15"/>
+      <c r="AL38" s="15"/>
+      <c r="AM38" s="15"/>
+      <c r="AN38" s="15"/>
+      <c r="AO38" s="15"/>
+      <c r="AP38" s="15"/>
+      <c r="AQ38" s="15"/>
+      <c r="AR38" s="15"/>
+      <c r="AS38" s="15"/>
+      <c r="AT38" s="15"/>
+      <c r="AU38" s="15"/>
+      <c r="AV38" s="15"/>
+      <c r="AW38" s="15"/>
+      <c r="AX38" s="15"/>
+      <c r="AY38" s="15"/>
+      <c r="AZ38" s="15"/>
+      <c r="BA38" s="15"/>
+      <c r="BB38" s="15"/>
+      <c r="BC38" s="15"/>
+      <c r="BD38" s="15"/>
+      <c r="BE38" s="15"/>
+      <c r="BF38" s="15"/>
+      <c r="BG38" s="15"/>
+      <c r="BH38" s="15"/>
+      <c r="BI38" s="15"/>
+      <c r="BJ38" s="15"/>
+      <c r="BK38" s="15"/>
+      <c r="BL38" s="15"/>
+      <c r="BM38" s="15"/>
+      <c r="BN38" s="15"/>
+      <c r="BO38" s="15"/>
+      <c r="BP38" s="15"/>
+      <c r="BQ38" s="15"/>
+      <c r="BR38" s="15"/>
+      <c r="BS38" s="15"/>
+      <c r="BT38" s="15"/>
+      <c r="BU38" s="15"/>
+      <c r="BV38" s="15"/>
+      <c r="BW38" s="15"/>
+      <c r="BX38" s="15"/>
+      <c r="BY38" s="15"/>
+      <c r="BZ38" s="15"/>
+      <c r="CA38" s="15"/>
+      <c r="CB38" s="15"/>
+    </row>
+    <row r="39" spans="1:80" s="21" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A39" s="10">
         <v>51.25</v>
       </c>
-      <c r="B39" s="1">
+      <c r="B39" s="10">
         <v>44.25</v>
       </c>
       <c r="C39" s="9">
         <v>7</v>
       </c>
-      <c r="D39" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="2" t="s">
+      <c r="D39" s="141" t="s">
+        <v>235</v>
+      </c>
+      <c r="E39" s="9" t="s">
+        <v>369</v>
+      </c>
+      <c r="F39" s="141" t="s">
         <v>162</v>
       </c>
-      <c r="H39" s="2" t="s">
-[...11 lines deleted...]
-      <c r="L39" s="3">
+      <c r="G39" s="141" t="s">
+        <v>163</v>
+      </c>
+      <c r="H39" s="141" t="s">
+        <v>266</v>
+      </c>
+      <c r="I39" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="J39" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="K39" s="141" t="s">
+        <v>272</v>
+      </c>
+      <c r="L39" s="145">
         <v>546</v>
       </c>
-      <c r="M39" s="25">
+      <c r="M39" s="97">
         <v>29427</v>
       </c>
-      <c r="N39" s="29">
+      <c r="N39" s="106">
         <v>0.33</v>
       </c>
-      <c r="O39" s="25">
-[...5 lines deleted...]
-      <c r="Q39" s="6">
+      <c r="O39" s="97">
+        <v>1689603</v>
+      </c>
+      <c r="P39" s="97">
+        <v>591361</v>
+      </c>
+      <c r="Q39" s="9">
         <v>295</v>
       </c>
-      <c r="R39" s="30">
+      <c r="R39" s="29">
         <v>0.65</v>
       </c>
-      <c r="S39" s="25"/>
-[...4 lines deleted...]
-        <v>392737</v>
+      <c r="S39" s="97">
+        <v>0</v>
+      </c>
+      <c r="T39" s="98">
+        <v>1098242</v>
+      </c>
+      <c r="U39" s="98">
+        <v>1098242</v>
       </c>
       <c r="V39" s="15"/>
       <c r="W39" s="15"/>
       <c r="X39" s="15"/>
       <c r="Y39" s="15"/>
       <c r="Z39" s="15"/>
       <c r="AA39" s="15"/>
       <c r="AB39" s="15"/>
       <c r="AC39" s="15"/>
       <c r="AD39" s="15"/>
       <c r="AE39" s="15"/>
       <c r="AF39" s="15"/>
       <c r="AG39" s="15"/>
       <c r="AH39" s="15"/>
       <c r="AI39" s="15"/>
       <c r="AJ39" s="15"/>
       <c r="AK39" s="15"/>
       <c r="AL39" s="15"/>
       <c r="AM39" s="15"/>
       <c r="AN39" s="15"/>
       <c r="AO39" s="15"/>
       <c r="AP39" s="15"/>
       <c r="AQ39" s="15"/>
       <c r="AR39" s="15"/>
       <c r="AS39" s="15"/>
@@ -6302,10005 +6866,10174 @@
       <c r="BB39" s="15"/>
       <c r="BC39" s="15"/>
       <c r="BD39" s="15"/>
       <c r="BE39" s="15"/>
       <c r="BF39" s="15"/>
       <c r="BG39" s="15"/>
       <c r="BH39" s="15"/>
       <c r="BI39" s="15"/>
       <c r="BJ39" s="15"/>
       <c r="BK39" s="15"/>
       <c r="BL39" s="15"/>
       <c r="BM39" s="15"/>
       <c r="BN39" s="15"/>
       <c r="BO39" s="15"/>
       <c r="BP39" s="15"/>
       <c r="BQ39" s="15"/>
       <c r="BR39" s="15"/>
       <c r="BS39" s="15"/>
       <c r="BT39" s="15"/>
       <c r="BU39" s="15"/>
       <c r="BV39" s="15"/>
       <c r="BW39" s="15"/>
       <c r="BX39" s="15"/>
       <c r="BY39" s="15"/>
       <c r="BZ39" s="15"/>
-      <c r="CA39" s="15"/>
-[...7 lines deleted...]
-    <row r="40" spans="1:85" s="22" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="CA39" s="18"/>
+      <c r="CB39" s="20"/>
+    </row>
+    <row r="40" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A40" s="10">
+        <v>51.25</v>
+      </c>
+      <c r="B40" s="10">
+        <v>44.25</v>
+      </c>
+      <c r="C40" s="9">
+        <v>7</v>
+      </c>
+      <c r="D40" s="141" t="s">
+        <v>235</v>
+      </c>
+      <c r="E40" s="9" t="s">
+        <v>369</v>
+      </c>
+      <c r="F40" s="141" t="s">
+        <v>160</v>
+      </c>
+      <c r="G40" s="141" t="s">
+        <v>161</v>
+      </c>
+      <c r="H40" s="141" t="s">
+        <v>266</v>
+      </c>
+      <c r="I40" s="9" t="s">
+        <v>306</v>
+      </c>
+      <c r="J40" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="K40" s="141" t="s">
+        <v>272</v>
+      </c>
+      <c r="L40" s="145">
+        <v>546</v>
+      </c>
+      <c r="M40" s="97">
+        <v>29427</v>
+      </c>
+      <c r="N40" s="106">
+        <v>0.33</v>
+      </c>
+      <c r="O40" s="97">
+        <v>657603</v>
+      </c>
+      <c r="P40" s="97">
+        <v>230161</v>
+      </c>
+      <c r="Q40" s="9">
+        <v>295</v>
+      </c>
+      <c r="R40" s="29">
+        <v>0.65</v>
+      </c>
+      <c r="S40" s="97">
+        <v>0</v>
+      </c>
+      <c r="T40" s="98">
+        <v>427442</v>
+      </c>
+      <c r="U40" s="98">
+        <v>427442</v>
+      </c>
+      <c r="V40" s="15"/>
+      <c r="W40" s="15"/>
+      <c r="X40" s="15"/>
+      <c r="Y40" s="15"/>
+      <c r="Z40" s="15"/>
+      <c r="AA40" s="15"/>
+      <c r="AB40" s="15"/>
+      <c r="AC40" s="15"/>
+      <c r="AD40" s="15"/>
+      <c r="AE40" s="15"/>
+      <c r="AF40" s="15"/>
+      <c r="AG40" s="15"/>
+      <c r="AH40" s="15"/>
+      <c r="AI40" s="15"/>
+      <c r="AJ40" s="15"/>
+      <c r="AK40" s="15"/>
+      <c r="AL40" s="15"/>
+      <c r="AM40" s="15"/>
+      <c r="AN40" s="15"/>
+      <c r="AO40" s="15"/>
+      <c r="AP40" s="15"/>
+      <c r="AQ40" s="15"/>
+      <c r="AR40" s="15"/>
+      <c r="AS40" s="15"/>
+      <c r="AT40" s="15"/>
+      <c r="AU40" s="15"/>
+      <c r="AV40" s="15"/>
+      <c r="AW40" s="15"/>
+      <c r="AX40" s="15"/>
+      <c r="AY40" s="15"/>
+      <c r="AZ40" s="15"/>
+      <c r="BA40" s="15"/>
+      <c r="BB40" s="15"/>
+      <c r="BC40" s="15"/>
+      <c r="BD40" s="15"/>
+      <c r="BE40" s="15"/>
+      <c r="BF40" s="15"/>
+      <c r="BG40" s="15"/>
+      <c r="BH40" s="15"/>
+      <c r="BI40" s="15"/>
+      <c r="BJ40" s="15"/>
+      <c r="BK40" s="15"/>
+      <c r="BL40" s="15"/>
+      <c r="BM40" s="15"/>
+      <c r="BN40" s="15"/>
+      <c r="BO40" s="15"/>
+      <c r="BP40" s="15"/>
+      <c r="BQ40" s="15"/>
+      <c r="BR40" s="15"/>
+      <c r="BS40" s="15"/>
+      <c r="BT40" s="15"/>
+      <c r="BU40" s="15"/>
+      <c r="BV40" s="15"/>
+      <c r="BW40" s="15"/>
+      <c r="BX40" s="15"/>
+      <c r="BY40" s="15"/>
+      <c r="BZ40" s="15"/>
+      <c r="CA40" s="18"/>
+    </row>
+    <row r="41" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A41" s="10">
         <v>50</v>
       </c>
-      <c r="B40" s="1">
+      <c r="B41" s="1">
         <v>18</v>
       </c>
-      <c r="C40" s="9">
+      <c r="C41" s="9">
         <v>32</v>
       </c>
-      <c r="D40" s="2" t="s">
+      <c r="D41" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>99</v>
+      </c>
+      <c r="G41" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="H41" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="J41" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="E40" s="6" t="s">
-[...20 lines deleted...]
-      <c r="L40" s="3">
+      <c r="K41" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L41" s="3">
         <v>9032</v>
       </c>
-      <c r="M40" s="25">
+      <c r="M41" s="24">
         <v>55040</v>
       </c>
-      <c r="N40" s="29">
+      <c r="N41" s="28">
         <v>0.33</v>
       </c>
-      <c r="O40" s="25">
+      <c r="O41" s="24">
         <v>796684</v>
       </c>
-      <c r="P40" s="25">
+      <c r="P41" s="24">
         <v>557678.80000000005</v>
       </c>
-      <c r="Q40" s="6">
+      <c r="Q41" s="6">
         <v>120</v>
       </c>
-      <c r="R40" s="30">
+      <c r="R41" s="29">
         <v>0.3</v>
       </c>
-      <c r="S40" s="25"/>
-      <c r="T40" s="27">
+      <c r="S41" s="24">
+        <v>0</v>
+      </c>
+      <c r="T41" s="26">
         <v>239005.19999999998</v>
       </c>
-      <c r="U40" s="26">
+      <c r="U41" s="25">
         <v>239005.19999999998</v>
       </c>
-      <c r="V40" s="21"/>
-[...65 lines deleted...]
-      <c r="A41" s="10">
+    </row>
+    <row r="42" spans="1:80" s="6" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A42" s="10">
         <v>49.5</v>
       </c>
-      <c r="B41" s="1">
+      <c r="B42" s="1">
         <v>28.5</v>
-      </c>
-[...61 lines deleted...]
-        <v>27.75</v>
       </c>
       <c r="C42" s="9">
         <v>21</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E42" s="6" t="s">
-        <v>137</v>
+        <v>362</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="H42" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I42" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="J42" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="K42" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="I42" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L42" s="3">
-        <v>761</v>
-[...4 lines deleted...]
-      <c r="N42" s="29">
+        <v>7775</v>
+      </c>
+      <c r="M42" s="24">
+        <v>49258</v>
+      </c>
+      <c r="N42" s="28">
         <v>0.33</v>
       </c>
-      <c r="O42" s="25">
-[...3 lines deleted...]
-        <v>583156.35</v>
+      <c r="O42" s="24">
+        <v>530443</v>
+      </c>
+      <c r="P42" s="24">
+        <v>185655.05</v>
       </c>
       <c r="Q42" s="6">
-        <v>185</v>
-[...76 lines deleted...]
-    <row r="43" spans="1:85" x14ac:dyDescent="0.3">
+        <v>190</v>
+      </c>
+      <c r="R42" s="29">
+        <v>0.65</v>
+      </c>
+      <c r="S42" s="24">
+        <v>0</v>
+      </c>
+      <c r="T42" s="26">
+        <v>344787.95</v>
+      </c>
+      <c r="U42" s="25">
+        <v>344787.95</v>
+      </c>
+      <c r="V42" s="20"/>
+      <c r="W42" s="20"/>
+      <c r="X42" s="20"/>
+      <c r="Y42" s="20"/>
+      <c r="Z42" s="20"/>
+      <c r="AA42" s="20"/>
+      <c r="AB42" s="20"/>
+      <c r="AC42" s="20"/>
+      <c r="AD42" s="20"/>
+      <c r="AE42" s="20"/>
+      <c r="AF42" s="20"/>
+      <c r="AG42" s="20"/>
+      <c r="AH42" s="20"/>
+      <c r="AI42" s="20"/>
+      <c r="AJ42" s="20"/>
+      <c r="AK42" s="20"/>
+      <c r="AL42" s="20"/>
+      <c r="AM42" s="20"/>
+      <c r="AN42" s="20"/>
+      <c r="AO42" s="20"/>
+      <c r="AP42" s="20"/>
+      <c r="AQ42" s="20"/>
+      <c r="AR42" s="20"/>
+      <c r="AS42" s="20"/>
+      <c r="AT42" s="20"/>
+      <c r="AU42" s="20"/>
+      <c r="AV42" s="20"/>
+      <c r="AW42" s="20"/>
+      <c r="AX42" s="20"/>
+      <c r="AY42" s="20"/>
+      <c r="AZ42" s="20"/>
+      <c r="BA42" s="20"/>
+      <c r="BB42" s="20"/>
+      <c r="BC42" s="20"/>
+      <c r="BD42" s="20"/>
+      <c r="BE42" s="20"/>
+      <c r="BF42" s="20"/>
+      <c r="BG42" s="20"/>
+      <c r="BH42" s="20"/>
+      <c r="BI42" s="20"/>
+      <c r="BJ42" s="20"/>
+      <c r="BK42" s="20"/>
+      <c r="BL42" s="20"/>
+      <c r="BM42" s="20"/>
+      <c r="BN42" s="20"/>
+      <c r="BO42" s="20"/>
+      <c r="BP42" s="20"/>
+      <c r="BQ42" s="20"/>
+      <c r="BR42" s="20"/>
+      <c r="BS42" s="20"/>
+      <c r="BT42" s="20"/>
+      <c r="BU42" s="20"/>
+      <c r="BV42" s="20"/>
+      <c r="BW42" s="20"/>
+      <c r="BX42" s="20"/>
+      <c r="BY42" s="20"/>
+      <c r="BZ42" s="20"/>
+      <c r="CA42" s="20"/>
+      <c r="CB42" s="124"/>
+    </row>
+    <row r="43" spans="1:80" x14ac:dyDescent="0.3">
       <c r="A43" s="10">
         <v>47.5</v>
       </c>
       <c r="B43" s="1">
         <v>40.5</v>
       </c>
       <c r="C43" s="9">
         <v>7</v>
       </c>
       <c r="D43" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="F43" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="G43" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="G43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H43" s="2" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="J43" s="1" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>277</v>
+        <v>272</v>
       </c>
       <c r="L43" s="3">
         <v>846</v>
       </c>
-      <c r="M43" s="25">
+      <c r="M43" s="24">
         <v>39688</v>
       </c>
-      <c r="N43" s="29">
+      <c r="N43" s="28">
         <v>0.33</v>
       </c>
-      <c r="O43" s="25">
+      <c r="O43" s="24">
         <v>195110</v>
       </c>
-      <c r="P43" s="25">
+      <c r="P43" s="24">
         <v>68288.5</v>
       </c>
       <c r="Q43" s="6">
         <v>270</v>
       </c>
-      <c r="R43" s="30">
+      <c r="R43" s="29">
         <v>0.65</v>
       </c>
-      <c r="S43" s="25"/>
-      <c r="T43" s="27">
+      <c r="S43" s="24">
+        <v>0</v>
+      </c>
+      <c r="T43" s="26">
         <v>126821.5</v>
       </c>
-      <c r="U43" s="26">
+      <c r="U43" s="25">
         <v>126821.5</v>
       </c>
     </row>
-    <row r="44" spans="1:85" s="6" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:80" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A44" s="10">
         <v>47.25</v>
       </c>
       <c r="B44" s="1">
         <v>17.25</v>
       </c>
       <c r="C44" s="9">
         <v>30</v>
       </c>
       <c r="D44" s="9" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="F44" s="9" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="G44" s="9" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="H44" s="2" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="I44" s="6" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="J44" s="9" t="s">
         <v>62</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="L44" s="13">
         <v>1076</v>
       </c>
-      <c r="M44" s="26">
+      <c r="M44" s="25">
         <v>64750</v>
       </c>
-      <c r="N44" s="30">
+      <c r="N44" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O44" s="26">
+      <c r="O44" s="25">
         <v>2732000</v>
       </c>
-      <c r="P44" s="25">
+      <c r="P44" s="24">
         <v>1912400</v>
       </c>
       <c r="Q44" s="6">
         <v>115</v>
       </c>
-      <c r="R44" s="30">
+      <c r="R44" s="29">
         <v>0.3</v>
       </c>
-      <c r="S44" s="26"/>
-      <c r="T44" s="27">
+      <c r="S44" s="24">
+        <v>0</v>
+      </c>
+      <c r="T44" s="26">
         <v>819600</v>
       </c>
-      <c r="U44" s="26">
+      <c r="U44" s="25">
         <v>819600</v>
       </c>
-      <c r="V44" s="150"/>
-[...64 lines deleted...]
-    <row r="45" spans="1:85" x14ac:dyDescent="0.3">
+      <c r="V44" s="124"/>
+      <c r="W44" s="124"/>
+      <c r="X44" s="124"/>
+      <c r="Y44" s="124"/>
+      <c r="Z44" s="124"/>
+      <c r="AA44" s="124"/>
+      <c r="AB44" s="124"/>
+      <c r="AC44" s="124"/>
+      <c r="AD44" s="124"/>
+      <c r="AE44" s="124"/>
+      <c r="AF44" s="124"/>
+      <c r="AG44" s="124"/>
+      <c r="AH44" s="124"/>
+      <c r="AI44" s="124"/>
+      <c r="AJ44" s="124"/>
+      <c r="AK44" s="124"/>
+      <c r="AL44" s="124"/>
+      <c r="AM44" s="124"/>
+      <c r="AN44" s="124"/>
+      <c r="AO44" s="124"/>
+      <c r="AP44" s="124"/>
+      <c r="AQ44" s="124"/>
+      <c r="AR44" s="124"/>
+      <c r="AS44" s="124"/>
+      <c r="AT44" s="124"/>
+      <c r="AU44" s="124"/>
+      <c r="AV44" s="124"/>
+      <c r="AW44" s="124"/>
+      <c r="AX44" s="124"/>
+      <c r="AY44" s="124"/>
+      <c r="AZ44" s="124"/>
+      <c r="BA44" s="124"/>
+      <c r="BB44" s="124"/>
+      <c r="BC44" s="124"/>
+      <c r="BD44" s="124"/>
+      <c r="BE44" s="124"/>
+      <c r="BF44" s="124"/>
+      <c r="BG44" s="124"/>
+      <c r="BH44" s="124"/>
+      <c r="BI44" s="124"/>
+      <c r="BJ44" s="124"/>
+      <c r="BK44" s="124"/>
+      <c r="BL44" s="124"/>
+      <c r="BM44" s="124"/>
+      <c r="BN44" s="124"/>
+      <c r="BO44" s="124"/>
+      <c r="BP44" s="124"/>
+      <c r="BQ44" s="124"/>
+      <c r="BR44" s="124"/>
+      <c r="BS44" s="124"/>
+      <c r="BT44" s="124"/>
+      <c r="BU44" s="124"/>
+      <c r="BV44" s="124"/>
+      <c r="BW44" s="124"/>
+      <c r="BX44" s="124"/>
+      <c r="BY44" s="124"/>
+      <c r="BZ44" s="124"/>
+      <c r="CA44" s="124"/>
+    </row>
+    <row r="45" spans="1:80" x14ac:dyDescent="0.3">
       <c r="A45" s="10">
         <v>47.25</v>
       </c>
       <c r="B45" s="1">
         <v>11.25</v>
       </c>
       <c r="C45" s="9">
         <v>36</v>
       </c>
       <c r="D45" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E45" s="6" t="s">
         <v>74</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G45" s="2" t="s">
         <v>76</v>
       </c>
       <c r="H45" s="2" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="I45" s="6" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="J45" s="1" t="s">
         <v>62</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="L45" s="3">
         <v>2571</v>
       </c>
-      <c r="M45" s="25">
+      <c r="M45" s="24">
         <v>78958</v>
       </c>
-      <c r="N45" s="30">
+      <c r="N45" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O45" s="25">
+      <c r="O45" s="24">
         <v>1965700</v>
       </c>
-      <c r="P45" s="25">
+      <c r="P45" s="24">
         <v>1670845</v>
       </c>
       <c r="Q45" s="6">
         <v>75</v>
       </c>
-      <c r="R45" s="30">
+      <c r="R45" s="29">
         <v>0.15</v>
       </c>
-      <c r="S45" s="25"/>
-      <c r="T45" s="27">
+      <c r="S45" s="24">
+        <v>0</v>
+      </c>
+      <c r="T45" s="26">
         <v>294855</v>
       </c>
-      <c r="U45" s="26">
+      <c r="U45" s="25">
         <v>294855</v>
       </c>
     </row>
-    <row r="46" spans="1:85" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:80" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A46" s="10">
-        <v>46.5</v>
+        <v>45</v>
       </c>
       <c r="B46" s="1">
-        <v>25.5</v>
+        <v>18</v>
       </c>
       <c r="C46" s="9">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="D46" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H46" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I46" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="J46" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="E46" s="6" t="s">
-[...8 lines deleted...]
-      <c r="H46" s="2" t="s">
+      <c r="K46" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="I46" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L46" s="3">
-        <v>3223</v>
-[...4 lines deleted...]
-      <c r="N46" s="29">
+        <v>9032</v>
+      </c>
+      <c r="M46" s="24">
+        <v>55040</v>
+      </c>
+      <c r="N46" s="28">
         <v>0.33</v>
       </c>
-      <c r="O46" s="25">
-[...3 lines deleted...]
-        <v>1122900</v>
+      <c r="O46" s="24">
+        <v>567813</v>
+      </c>
+      <c r="P46" s="24">
+        <v>397469.1</v>
       </c>
       <c r="Q46" s="6">
-        <v>170</v>
-[...12 lines deleted...]
-    <row r="47" spans="1:85" x14ac:dyDescent="0.3">
+        <v>120</v>
+      </c>
+      <c r="R46" s="29">
+        <v>0.3</v>
+      </c>
+      <c r="S46" s="24">
+        <v>0</v>
+      </c>
+      <c r="T46" s="26">
+        <v>170343.9</v>
+      </c>
+      <c r="U46" s="25">
+        <v>170343.9</v>
+      </c>
+      <c r="V46" s="20"/>
+      <c r="W46" s="20"/>
+      <c r="X46" s="20"/>
+      <c r="Y46" s="20"/>
+      <c r="Z46" s="20"/>
+      <c r="AA46" s="20"/>
+      <c r="AB46" s="20"/>
+      <c r="AC46" s="20"/>
+      <c r="AD46" s="20"/>
+      <c r="AE46" s="20"/>
+      <c r="AF46" s="20"/>
+      <c r="AG46" s="20"/>
+      <c r="AH46" s="20"/>
+      <c r="AI46" s="20"/>
+      <c r="AJ46" s="20"/>
+      <c r="AK46" s="20"/>
+      <c r="AL46" s="20"/>
+      <c r="AM46" s="20"/>
+      <c r="AN46" s="20"/>
+      <c r="AO46" s="20"/>
+      <c r="AP46" s="20"/>
+      <c r="AQ46" s="20"/>
+      <c r="AR46" s="20"/>
+      <c r="AS46" s="20"/>
+      <c r="AT46" s="20"/>
+      <c r="AU46" s="20"/>
+      <c r="AV46" s="20"/>
+      <c r="AW46" s="20"/>
+      <c r="AX46" s="20"/>
+      <c r="AY46" s="20"/>
+      <c r="AZ46" s="20"/>
+      <c r="BA46" s="20"/>
+      <c r="BB46" s="20"/>
+      <c r="BC46" s="20"/>
+      <c r="BD46" s="20"/>
+      <c r="BE46" s="20"/>
+      <c r="BF46" s="20"/>
+      <c r="BG46" s="20"/>
+      <c r="BH46" s="20"/>
+      <c r="BI46" s="20"/>
+      <c r="BJ46" s="20"/>
+      <c r="BK46" s="20"/>
+      <c r="BL46" s="20"/>
+      <c r="BM46" s="20"/>
+      <c r="BN46" s="20"/>
+      <c r="BO46" s="20"/>
+      <c r="BP46" s="20"/>
+      <c r="BQ46" s="20"/>
+      <c r="BR46" s="20"/>
+      <c r="BS46" s="20"/>
+      <c r="BT46" s="20"/>
+      <c r="BU46" s="20"/>
+      <c r="BV46" s="20"/>
+      <c r="BW46" s="20"/>
+      <c r="BX46" s="20"/>
+      <c r="BY46" s="20"/>
+      <c r="BZ46" s="20"/>
+      <c r="CA46" s="20"/>
+    </row>
+    <row r="47" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A47" s="10">
-        <v>45</v>
+        <v>44.75</v>
       </c>
       <c r="B47" s="1">
-        <v>18</v>
+        <v>21.75</v>
       </c>
       <c r="C47" s="9">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>81</v>
+        <v>370</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>82</v>
+        <v>199</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="H47" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="H47" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="J47" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="K47" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="I47" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L47" s="3">
-        <v>9032</v>
-[...4 lines deleted...]
-      <c r="N47" s="29">
+        <v>515</v>
+      </c>
+      <c r="M47" s="24">
+        <v>58448</v>
+      </c>
+      <c r="N47" s="28">
         <v>0.33</v>
       </c>
-      <c r="O47" s="25">
-[...3 lines deleted...]
-        <v>397469.1</v>
+      <c r="O47" s="24">
+        <v>2584748</v>
+      </c>
+      <c r="P47" s="24">
+        <v>1550848.7999999998</v>
       </c>
       <c r="Q47" s="6">
-        <v>120</v>
-[...12 lines deleted...]
-    <row r="48" spans="1:85" ht="16.2" x14ac:dyDescent="0.3">
+        <v>145</v>
+      </c>
+      <c r="R47" s="29">
+        <v>0.4</v>
+      </c>
+      <c r="S47" s="24">
+        <v>0</v>
+      </c>
+      <c r="T47" s="26">
+        <v>1033899.2000000001</v>
+      </c>
+      <c r="U47" s="25">
+        <v>1033899.2000000001</v>
+      </c>
+    </row>
+    <row r="48" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A48" s="10">
         <v>44.75</v>
       </c>
       <c r="B48" s="1">
         <v>21.75</v>
       </c>
       <c r="C48" s="9">
         <v>23</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>379</v>
+        <v>370</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>200</v>
+        <v>152</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>201</v>
+        <v>153</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="I48" s="6" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
       <c r="J48" s="1" t="s">
         <v>13</v>
       </c>
       <c r="K48" s="6" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="L48" s="3">
         <v>515</v>
       </c>
-      <c r="M48" s="25">
+      <c r="M48" s="24">
         <v>58448</v>
       </c>
-      <c r="N48" s="29">
+      <c r="N48" s="28">
         <v>0.33</v>
       </c>
-      <c r="O48" s="25">
+      <c r="O48" s="24">
         <v>2584748</v>
       </c>
-      <c r="P48" s="25">
-        <v>1550848.7999999998</v>
+      <c r="P48" s="24">
+        <v>2018647</v>
       </c>
       <c r="Q48" s="6">
         <v>145</v>
       </c>
-      <c r="R48" s="30">
+      <c r="R48" s="29">
         <v>0.4</v>
       </c>
-      <c r="S48" s="25"/>
-[...7 lines deleted...]
-    <row r="49" spans="1:85" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="S48" s="24">
+        <v>0</v>
+      </c>
+      <c r="T48" s="26">
+        <v>566101</v>
+      </c>
+      <c r="U48" s="25">
+        <v>566101</v>
+      </c>
+    </row>
+    <row r="49" spans="1:79" x14ac:dyDescent="0.3">
       <c r="A49" s="10">
-        <v>44.75</v>
+        <v>44.5</v>
       </c>
       <c r="B49" s="1">
-        <v>21.75</v>
+        <v>22.5</v>
       </c>
       <c r="C49" s="9">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D49" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>379</v>
+        <v>230</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>153</v>
+        <v>231</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>232</v>
+      </c>
+      <c r="H49" s="2" t="s">
+        <v>265</v>
       </c>
       <c r="I49" s="6" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="J49" s="1" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>15</v>
+      </c>
+      <c r="K49" s="2" t="s">
+        <v>273</v>
       </c>
       <c r="L49" s="3">
-        <v>515</v>
-[...2 lines deleted...]
-        <v>58448</v>
+        <v>353</v>
+      </c>
+      <c r="M49" s="24">
+        <v>70500</v>
       </c>
       <c r="N49" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O49" s="24">
+        <v>566995</v>
+      </c>
+      <c r="P49" s="24">
+        <v>340197</v>
+      </c>
+      <c r="Q49" s="6">
+        <v>150</v>
+      </c>
+      <c r="R49" s="29">
+        <v>0.4</v>
+      </c>
+      <c r="S49" s="24">
+        <v>0</v>
+      </c>
+      <c r="T49" s="26">
+        <v>226798</v>
+      </c>
+      <c r="U49" s="25">
+        <v>226798</v>
+      </c>
+    </row>
+    <row r="50" spans="1:79" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A50" s="10">
+        <v>43.5</v>
+      </c>
+      <c r="B50" s="1">
+        <v>28.5</v>
+      </c>
+      <c r="C50" s="9">
+        <v>15</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H50" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I50" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="J50" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="K50" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L50" s="3">
+        <v>7775</v>
+      </c>
+      <c r="M50" s="24">
+        <v>49258</v>
+      </c>
+      <c r="N50" s="28">
         <v>0.33</v>
       </c>
-      <c r="O49" s="25">
-[...66 lines deleted...]
-        <v>340197</v>
+      <c r="O50" s="24">
+        <v>703818</v>
+      </c>
+      <c r="P50" s="24">
+        <v>246336.3</v>
       </c>
       <c r="Q50" s="6">
-        <v>150</v>
-[...12 lines deleted...]
-    <row r="51" spans="1:85" ht="16.2" x14ac:dyDescent="0.3">
+        <v>190</v>
+      </c>
+      <c r="R50" s="29">
+        <v>0.65</v>
+      </c>
+      <c r="S50" s="24">
+        <v>0</v>
+      </c>
+      <c r="T50" s="26">
+        <v>457481.7</v>
+      </c>
+      <c r="U50" s="25">
+        <v>457481.7</v>
+      </c>
+    </row>
+    <row r="51" spans="1:79" x14ac:dyDescent="0.3">
       <c r="A51" s="10">
         <v>43.5</v>
       </c>
       <c r="B51" s="1">
-        <v>28.5</v>
+        <v>40.5</v>
       </c>
       <c r="C51" s="9">
+        <v>3</v>
+      </c>
+      <c r="D51" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="H51" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I51" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="J51" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="K51" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L51" s="3">
+        <v>846</v>
+      </c>
+      <c r="M51" s="24">
+        <v>39688</v>
+      </c>
+      <c r="N51" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O51" s="24">
+        <v>707925</v>
+      </c>
+      <c r="P51" s="24">
+        <v>247773.75</v>
+      </c>
+      <c r="Q51" s="6">
+        <v>270</v>
+      </c>
+      <c r="R51" s="29">
+        <v>0.65</v>
+      </c>
+      <c r="S51" s="24">
+        <v>0</v>
+      </c>
+      <c r="T51" s="26">
+        <v>460151.25</v>
+      </c>
+      <c r="U51" s="25">
+        <v>460151.25</v>
+      </c>
+    </row>
+    <row r="52" spans="1:79" x14ac:dyDescent="0.3">
+      <c r="A52" s="10">
+        <v>42.25</v>
+      </c>
+      <c r="B52" s="1">
+        <v>26.25</v>
+      </c>
+      <c r="C52" s="9">
+        <v>16</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="H52" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I52" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="K52" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L52" s="3">
+        <v>3241</v>
+      </c>
+      <c r="M52" s="24">
+        <v>49531</v>
+      </c>
+      <c r="N52" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O52" s="24">
+        <v>2693031</v>
+      </c>
+      <c r="P52" s="24">
+        <v>1346515.5</v>
+      </c>
+      <c r="Q52" s="6">
+        <v>175</v>
+      </c>
+      <c r="R52" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="S52" s="24">
+        <v>0</v>
+      </c>
+      <c r="T52" s="26">
+        <v>1346515.5</v>
+      </c>
+      <c r="U52" s="25">
+        <v>1346515.5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:79" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="10">
+        <v>40</v>
+      </c>
+      <c r="B53" s="1">
+        <v>0</v>
+      </c>
+      <c r="C53" s="9">
+        <v>40</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="F53" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="H53" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="K53" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="L53" s="3">
+        <v>13271</v>
+      </c>
+      <c r="M53" s="24">
+        <v>113614</v>
+      </c>
+      <c r="N53" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O53" s="24">
+        <v>9812328</v>
+      </c>
+      <c r="P53" s="24">
+        <v>9812328</v>
+      </c>
+      <c r="Q53" s="6">
+        <v>0</v>
+      </c>
+      <c r="R53" s="29">
+        <v>0</v>
+      </c>
+      <c r="S53" s="24">
+        <v>0</v>
+      </c>
+      <c r="T53" s="26">
+        <v>0</v>
+      </c>
+      <c r="U53" s="25">
+        <v>0</v>
+      </c>
+      <c r="V53" s="20"/>
+      <c r="W53" s="20"/>
+      <c r="X53" s="20"/>
+      <c r="Y53" s="20"/>
+      <c r="Z53" s="20"/>
+      <c r="AA53" s="20"/>
+      <c r="AB53" s="20"/>
+      <c r="AC53" s="20"/>
+      <c r="AD53" s="20"/>
+      <c r="AE53" s="20"/>
+      <c r="AF53" s="20"/>
+      <c r="AG53" s="20"/>
+      <c r="AH53" s="20"/>
+      <c r="AI53" s="20"/>
+      <c r="AJ53" s="20"/>
+      <c r="AK53" s="20"/>
+      <c r="AL53" s="20"/>
+      <c r="AM53" s="20"/>
+      <c r="AN53" s="20"/>
+      <c r="AO53" s="20"/>
+      <c r="AP53" s="20"/>
+      <c r="AQ53" s="20"/>
+      <c r="AR53" s="20"/>
+      <c r="AS53" s="20"/>
+      <c r="AT53" s="20"/>
+      <c r="AU53" s="20"/>
+      <c r="AV53" s="20"/>
+      <c r="AW53" s="20"/>
+      <c r="AX53" s="20"/>
+      <c r="AY53" s="20"/>
+      <c r="AZ53" s="20"/>
+      <c r="BA53" s="20"/>
+      <c r="BB53" s="20"/>
+      <c r="BC53" s="20"/>
+      <c r="BD53" s="20"/>
+      <c r="BE53" s="20"/>
+      <c r="BF53" s="20"/>
+      <c r="BG53" s="20"/>
+      <c r="BH53" s="20"/>
+      <c r="BI53" s="20"/>
+      <c r="BJ53" s="20"/>
+      <c r="BK53" s="20"/>
+      <c r="BL53" s="20"/>
+      <c r="BM53" s="20"/>
+      <c r="BN53" s="20"/>
+      <c r="BO53" s="20"/>
+      <c r="BP53" s="20"/>
+      <c r="BQ53" s="20"/>
+      <c r="BR53" s="20"/>
+      <c r="BS53" s="20"/>
+      <c r="BT53" s="20"/>
+      <c r="BU53" s="20"/>
+      <c r="BV53" s="20"/>
+      <c r="BW53" s="20"/>
+      <c r="BX53" s="20"/>
+      <c r="BY53" s="20"/>
+      <c r="BZ53" s="20"/>
+      <c r="CA53" s="20"/>
+    </row>
+    <row r="54" spans="1:79" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="10">
+        <v>39.5</v>
+      </c>
+      <c r="B54" s="1">
+        <v>19.5</v>
+      </c>
+      <c r="C54" s="9">
+        <v>20</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="F54" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="J54" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="K54" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="L54" s="3">
+        <v>16591</v>
+      </c>
+      <c r="M54" s="24">
+        <v>54587</v>
+      </c>
+      <c r="N54" s="28">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O54" s="24">
+        <v>7943586</v>
+      </c>
+      <c r="P54" s="24">
+        <v>6343586</v>
+      </c>
+      <c r="Q54" s="6">
+        <v>130</v>
+      </c>
+      <c r="R54" s="29">
+        <v>0.35</v>
+      </c>
+      <c r="S54" s="24">
+        <v>0</v>
+      </c>
+      <c r="T54" s="26">
+        <v>1600000</v>
+      </c>
+      <c r="U54" s="25">
+        <v>1600000</v>
+      </c>
+      <c r="V54" s="20"/>
+      <c r="W54" s="20"/>
+      <c r="X54" s="20"/>
+      <c r="Y54" s="20"/>
+      <c r="Z54" s="20"/>
+      <c r="AA54" s="20"/>
+      <c r="AB54" s="20"/>
+      <c r="AC54" s="20"/>
+      <c r="AD54" s="20"/>
+      <c r="AE54" s="20"/>
+      <c r="AF54" s="20"/>
+      <c r="AG54" s="20"/>
+      <c r="AH54" s="20"/>
+      <c r="AI54" s="20"/>
+      <c r="AJ54" s="20"/>
+      <c r="AK54" s="20"/>
+      <c r="AL54" s="20"/>
+      <c r="AM54" s="20"/>
+      <c r="AN54" s="20"/>
+      <c r="AO54" s="20"/>
+      <c r="AP54" s="20"/>
+      <c r="AQ54" s="20"/>
+      <c r="AR54" s="20"/>
+      <c r="AS54" s="20"/>
+      <c r="AT54" s="20"/>
+      <c r="AU54" s="20"/>
+      <c r="AV54" s="20"/>
+      <c r="AW54" s="20"/>
+      <c r="AX54" s="20"/>
+      <c r="AY54" s="20"/>
+      <c r="AZ54" s="20"/>
+      <c r="BA54" s="20"/>
+      <c r="BB54" s="20"/>
+      <c r="BC54" s="20"/>
+      <c r="BD54" s="20"/>
+      <c r="BE54" s="20"/>
+      <c r="BF54" s="20"/>
+      <c r="BG54" s="20"/>
+      <c r="BH54" s="20"/>
+      <c r="BI54" s="20"/>
+      <c r="BJ54" s="20"/>
+      <c r="BK54" s="20"/>
+      <c r="BL54" s="20"/>
+      <c r="BM54" s="20"/>
+      <c r="BN54" s="20"/>
+      <c r="BO54" s="20"/>
+      <c r="BP54" s="20"/>
+      <c r="BQ54" s="20"/>
+      <c r="BR54" s="20"/>
+      <c r="BS54" s="20"/>
+      <c r="BT54" s="20"/>
+      <c r="BU54" s="20"/>
+      <c r="BV54" s="20"/>
+      <c r="BW54" s="20"/>
+      <c r="BX54" s="20"/>
+      <c r="BY54" s="20"/>
+      <c r="BZ54" s="20"/>
+      <c r="CA54" s="20"/>
+    </row>
+    <row r="55" spans="1:79" x14ac:dyDescent="0.3">
+      <c r="A55" s="10">
+        <v>38</v>
+      </c>
+      <c r="B55" s="1">
+        <v>21</v>
+      </c>
+      <c r="C55" s="9">
+        <v>17</v>
+      </c>
+      <c r="D55" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E55" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="F55" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="J55" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K55" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="L55" s="3">
+        <v>1779</v>
+      </c>
+      <c r="M55" s="24">
+        <v>56800</v>
+      </c>
+      <c r="N55" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O55" s="24">
+        <v>1030892</v>
+      </c>
+      <c r="P55" s="24">
+        <v>618535.19999999995</v>
+      </c>
+      <c r="Q55" s="6">
+        <v>140</v>
+      </c>
+      <c r="R55" s="29">
+        <v>0.4</v>
+      </c>
+      <c r="S55" s="24">
+        <v>0</v>
+      </c>
+      <c r="T55" s="26">
+        <v>412356.80000000005</v>
+      </c>
+      <c r="U55" s="25">
+        <v>412356.80000000005</v>
+      </c>
+    </row>
+    <row r="56" spans="1:79" x14ac:dyDescent="0.3">
+      <c r="A56" s="10">
+        <v>37.25</v>
+      </c>
+      <c r="B56" s="1">
+        <v>29.25</v>
+      </c>
+      <c r="C56" s="9">
+        <v>8</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E56" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F56" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="G56" s="80" t="s">
+        <v>351</v>
+      </c>
+      <c r="H56" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="J56" s="1" t="s">
+        <v>94</v>
+      </c>
+      <c r="K56" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="L56" s="3">
+        <v>1247</v>
+      </c>
+      <c r="M56" s="24">
+        <v>54167</v>
+      </c>
+      <c r="N56" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O56" s="24">
+        <v>1182478</v>
+      </c>
+      <c r="P56" s="24">
+        <v>532115.1</v>
+      </c>
+      <c r="Q56" s="6">
+        <v>195</v>
+      </c>
+      <c r="R56" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="S56" s="24">
+        <v>0</v>
+      </c>
+      <c r="T56" s="26">
+        <v>650362.9</v>
+      </c>
+      <c r="U56" s="25">
+        <v>650362.9</v>
+      </c>
+    </row>
+    <row r="57" spans="1:79" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A57" s="10">
+        <v>35.25</v>
+      </c>
+      <c r="B57" s="1">
+        <v>23.25</v>
+      </c>
+      <c r="C57" s="9">
+        <v>12</v>
+      </c>
+      <c r="D57" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="F57" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="G57" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H57" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="I57" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="J57" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K57" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="L57" s="3">
+        <v>77293</v>
+      </c>
+      <c r="M57" s="24">
+        <v>55705</v>
+      </c>
+      <c r="N57" s="28">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O57" s="24">
+        <v>9500000</v>
+      </c>
+      <c r="P57" s="24">
+        <v>7900000</v>
+      </c>
+      <c r="Q57" s="6">
+        <v>155</v>
+      </c>
+      <c r="R57" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="S57" s="24">
+        <v>0</v>
+      </c>
+      <c r="T57" s="26">
+        <v>1600000</v>
+      </c>
+      <c r="U57" s="25">
+        <v>1600000</v>
+      </c>
+    </row>
+    <row r="58" spans="1:79" x14ac:dyDescent="0.3">
+      <c r="A58" s="10">
+        <v>35</v>
+      </c>
+      <c r="B58" s="1">
+        <v>3</v>
+      </c>
+      <c r="C58" s="9">
+        <v>32</v>
+      </c>
+      <c r="D58" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="E58" s="9" t="s">
+        <v>171</v>
+      </c>
+      <c r="F58" s="9" t="s">
+        <v>278</v>
+      </c>
+      <c r="G58" s="9" t="s">
+        <v>224</v>
+      </c>
+      <c r="H58" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="J58" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K58" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L58" s="13">
+        <v>9676</v>
+      </c>
+      <c r="M58" s="25">
+        <v>93810</v>
+      </c>
+      <c r="N58" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O58" s="25">
+        <v>4230800</v>
+      </c>
+      <c r="P58" s="24">
+        <v>4230800</v>
+      </c>
+      <c r="Q58" s="6">
+        <v>20</v>
+      </c>
+      <c r="R58" s="29">
+        <v>0</v>
+      </c>
+      <c r="S58" s="24">
+        <v>0</v>
+      </c>
+      <c r="T58" s="26">
+        <v>0</v>
+      </c>
+      <c r="U58" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="1:79" x14ac:dyDescent="0.3">
+      <c r="A59" s="10">
+        <v>34.25</v>
+      </c>
+      <c r="B59" s="1">
+        <v>26.25</v>
+      </c>
+      <c r="C59" s="9">
+        <v>8</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F59" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="G59" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>294</v>
+      </c>
+      <c r="J59" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K59" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="L59" s="3">
+        <v>3912</v>
+      </c>
+      <c r="M59" s="24">
+        <v>47857</v>
+      </c>
+      <c r="N59" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O59" s="24">
+        <v>1774604</v>
+      </c>
+      <c r="P59" s="24">
+        <v>1774604</v>
+      </c>
+      <c r="Q59" s="6">
+        <v>175</v>
+      </c>
+      <c r="R59" s="29">
+        <v>0.5</v>
+      </c>
+      <c r="S59" s="24">
+        <v>0</v>
+      </c>
+      <c r="T59" s="26">
+        <v>0</v>
+      </c>
+      <c r="U59" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:79" x14ac:dyDescent="0.3">
+      <c r="A60" s="10">
+        <v>32.75</v>
+      </c>
+      <c r="B60" s="1">
+        <v>30.75</v>
+      </c>
+      <c r="C60" s="9">
+        <v>2</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="F60" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="G60" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="H60" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="J60" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D51" s="2" t="s">
-[...29 lines deleted...]
-      <c r="N51" s="29">
+      <c r="K60" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="L60" s="3">
+        <v>2983</v>
+      </c>
+      <c r="M60" s="24">
+        <v>47786</v>
+      </c>
+      <c r="N60" s="28">
         <v>0.33</v>
       </c>
-      <c r="O51" s="25">
-[...32 lines deleted...]
-      <c r="E52" s="2" t="s">
+      <c r="O60" s="24">
+        <v>810784</v>
+      </c>
+      <c r="P60" s="24">
+        <v>324313.60000000003</v>
+      </c>
+      <c r="Q60" s="6">
+        <v>205</v>
+      </c>
+      <c r="R60" s="29">
+        <v>0.6</v>
+      </c>
+      <c r="S60" s="24">
+        <v>0</v>
+      </c>
+      <c r="T60" s="26">
+        <v>486470.39999999997</v>
+      </c>
+      <c r="U60" s="25">
+        <v>486470.39999999997</v>
+      </c>
+    </row>
+    <row r="61" spans="1:79" x14ac:dyDescent="0.3">
+      <c r="A61" s="10">
+        <v>32</v>
+      </c>
+      <c r="B61" s="1">
+        <v>30</v>
+      </c>
+      <c r="C61" s="9">
+        <v>2</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="F61" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="G61" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="H61" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J61" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="K61" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L61" s="3">
+        <v>415</v>
+      </c>
+      <c r="M61" s="24">
+        <v>62500</v>
+      </c>
+      <c r="N61" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O61" s="24">
+        <v>608870</v>
+      </c>
+      <c r="P61" s="24">
+        <v>243548</v>
+      </c>
+      <c r="Q61" s="6">
+        <v>200</v>
+      </c>
+      <c r="R61" s="29">
+        <v>0.6</v>
+      </c>
+      <c r="S61" s="24">
+        <v>0</v>
+      </c>
+      <c r="T61" s="26">
+        <v>365322</v>
+      </c>
+      <c r="U61" s="25">
+        <v>365322</v>
+      </c>
+    </row>
+    <row r="62" spans="1:79" x14ac:dyDescent="0.3">
+      <c r="A62" s="10">
+        <v>32</v>
+      </c>
+      <c r="B62" s="1">
+        <v>24</v>
+      </c>
+      <c r="C62" s="9">
         <v>8</v>
       </c>
-      <c r="F52" s="2" t="s">
-[...68 lines deleted...]
-      <c r="H53" s="2" t="s">
+      <c r="D62" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="G62" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="H62" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="K62" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="I53" s="6" t="s">
+      <c r="L62" s="12">
+        <v>2863</v>
+      </c>
+      <c r="M62" s="23">
+        <v>61029</v>
+      </c>
+      <c r="N62" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O62" s="23">
+        <v>2050370</v>
+      </c>
+      <c r="P62" s="24">
+        <v>1127703.5</v>
+      </c>
+      <c r="Q62" s="6">
+        <v>160</v>
+      </c>
+      <c r="R62" s="29">
+        <v>0.45</v>
+      </c>
+      <c r="S62" s="24">
+        <v>0</v>
+      </c>
+      <c r="T62" s="26">
+        <v>922666.5</v>
+      </c>
+      <c r="U62" s="25">
+        <v>922666.5</v>
+      </c>
+    </row>
+    <row r="63" spans="1:79" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A63" s="10">
+        <v>31.75</v>
+      </c>
+      <c r="B63" s="1">
+        <v>3.75</v>
+      </c>
+      <c r="C63" s="9">
+        <v>28</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E63" s="9" t="s">
+        <v>333</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>169</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="H63" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I63" s="6" t="s">
         <v>285</v>
       </c>
-      <c r="J53" s="1" t="s">
-[...74 lines deleted...]
-      <c r="N54" s="30">
+      <c r="J63" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K63" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L63" s="3">
+        <v>291037</v>
+      </c>
+      <c r="M63" s="24">
+        <v>76983</v>
+      </c>
+      <c r="N63" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O54" s="25">
-[...47 lines deleted...]
-      <c r="J55" s="1" t="s">
+      <c r="O63" s="24">
+        <v>5450000</v>
+      </c>
+      <c r="P63" s="24">
+        <v>5450000</v>
+      </c>
+      <c r="Q63" s="6">
         <v>25</v>
       </c>
-      <c r="K55" s="6" t="s">
-[...288 lines deleted...]
-      <c r="B59" s="1">
+      <c r="R63" s="29">
+        <v>0</v>
+      </c>
+      <c r="S63" s="24">
+        <v>0</v>
+      </c>
+      <c r="T63" s="26">
+        <v>0</v>
+      </c>
+      <c r="U63" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="64" spans="1:79" x14ac:dyDescent="0.3">
+      <c r="A64" s="10">
+        <v>31.25</v>
+      </c>
+      <c r="B64" s="1">
         <v>23.25</v>
-      </c>
-[...313 lines deleted...]
-        <v>24</v>
       </c>
       <c r="C64" s="9">
         <v>8</v>
       </c>
-      <c r="D64" s="6" t="s">
-        <v>238</v>
+      <c r="D64" s="2" t="s">
+        <v>235</v>
       </c>
       <c r="E64" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="H64" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I64" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="J64" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K64" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L64" s="3">
+        <v>5521</v>
+      </c>
+      <c r="M64" s="24">
+        <v>52670</v>
+      </c>
+      <c r="N64" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O64" s="24">
+        <v>687582</v>
+      </c>
+      <c r="P64" s="24">
+        <v>378170.1</v>
+      </c>
+      <c r="Q64" s="6">
         <v>155</v>
       </c>
-      <c r="F64" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H64" s="2" t="s">
+      <c r="R64" s="29">
+        <v>0.45</v>
+      </c>
+      <c r="S64" s="24">
+        <v>0</v>
+      </c>
+      <c r="T64" s="26">
+        <v>309411.90000000002</v>
+      </c>
+      <c r="U64" s="25">
+        <v>309411.90000000002</v>
+      </c>
+    </row>
+    <row r="65" spans="1:80" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="10">
+        <v>29.25</v>
+      </c>
+      <c r="B65" s="10">
+        <v>8.25</v>
+      </c>
+      <c r="C65" s="9">
+        <v>21</v>
+      </c>
+      <c r="D65" s="141" t="s">
+        <v>235</v>
+      </c>
+      <c r="E65" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="F65" s="141" t="s">
+        <v>69</v>
+      </c>
+      <c r="G65" s="141" t="s">
+        <v>70</v>
+      </c>
+      <c r="H65" s="141" t="s">
+        <v>267</v>
+      </c>
+      <c r="I65" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="J65" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K65" s="141" t="s">
+        <v>274</v>
+      </c>
+      <c r="L65" s="145">
+        <v>16587</v>
+      </c>
+      <c r="M65" s="97">
+        <v>68757</v>
+      </c>
+      <c r="N65" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O65" s="97">
+        <v>873322</v>
+      </c>
+      <c r="P65" s="97">
+        <v>873322</v>
+      </c>
+      <c r="Q65" s="9">
+        <v>55</v>
+      </c>
+      <c r="R65" s="29">
+        <v>0</v>
+      </c>
+      <c r="S65" s="97">
+        <v>0</v>
+      </c>
+      <c r="T65" s="98">
+        <v>0</v>
+      </c>
+      <c r="U65" s="25">
+        <v>0</v>
+      </c>
+      <c r="V65" s="20"/>
+      <c r="W65" s="20"/>
+      <c r="X65" s="20"/>
+      <c r="Y65" s="20"/>
+      <c r="Z65" s="20"/>
+      <c r="AA65" s="20"/>
+      <c r="AB65" s="20"/>
+      <c r="AC65" s="20"/>
+      <c r="AD65" s="20"/>
+      <c r="AE65" s="20"/>
+      <c r="AF65" s="20"/>
+      <c r="AG65" s="20"/>
+      <c r="AH65" s="20"/>
+      <c r="AI65" s="20"/>
+      <c r="AJ65" s="20"/>
+      <c r="AK65" s="20"/>
+      <c r="AL65" s="20"/>
+      <c r="AM65" s="20"/>
+      <c r="AN65" s="20"/>
+      <c r="AO65" s="20"/>
+      <c r="AP65" s="20"/>
+      <c r="AQ65" s="20"/>
+      <c r="AR65" s="20"/>
+      <c r="AS65" s="20"/>
+      <c r="AT65" s="20"/>
+      <c r="AU65" s="20"/>
+      <c r="AV65" s="20"/>
+      <c r="AW65" s="20"/>
+      <c r="AX65" s="20"/>
+      <c r="AY65" s="20"/>
+      <c r="AZ65" s="20"/>
+      <c r="BA65" s="20"/>
+      <c r="BB65" s="20"/>
+      <c r="BC65" s="20"/>
+      <c r="BD65" s="20"/>
+      <c r="BE65" s="20"/>
+      <c r="BF65" s="20"/>
+      <c r="BG65" s="20"/>
+      <c r="BH65" s="20"/>
+      <c r="BI65" s="20"/>
+      <c r="BJ65" s="20"/>
+      <c r="BK65" s="20"/>
+      <c r="BL65" s="20"/>
+      <c r="BM65" s="20"/>
+      <c r="BN65" s="20"/>
+      <c r="BO65" s="20"/>
+      <c r="BP65" s="20"/>
+      <c r="BQ65" s="20"/>
+      <c r="BR65" s="20"/>
+      <c r="BS65" s="20"/>
+      <c r="BT65" s="20"/>
+      <c r="BU65" s="20"/>
+      <c r="BV65" s="20"/>
+      <c r="BW65" s="20"/>
+      <c r="BX65" s="20"/>
+      <c r="BY65" s="20"/>
+      <c r="BZ65" s="20"/>
+    </row>
+    <row r="66" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A66" s="10">
+        <v>29.25</v>
+      </c>
+      <c r="B66" s="1">
+        <v>29.25</v>
+      </c>
+      <c r="C66" s="9">
+        <v>0</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="G66" s="80" t="s">
+        <v>356</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I66" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="J66" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="K66" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="I64" s="6" t="s">
+      <c r="L66" s="3">
+        <v>609</v>
+      </c>
+      <c r="M66" s="24">
+        <v>58750</v>
+      </c>
+      <c r="N66" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O66" s="24">
+        <v>499919</v>
+      </c>
+      <c r="P66" s="24">
+        <v>224963.55</v>
+      </c>
+      <c r="Q66" s="6">
+        <v>195</v>
+      </c>
+      <c r="R66" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="S66" s="24">
+        <v>0</v>
+      </c>
+      <c r="T66" s="26">
+        <v>274955.45</v>
+      </c>
+      <c r="U66" s="25">
+        <v>274955.45</v>
+      </c>
+    </row>
+    <row r="67" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A67" s="10">
+        <v>27.25</v>
+      </c>
+      <c r="B67" s="1">
+        <v>20.25</v>
+      </c>
+      <c r="C67" s="9">
+        <v>7</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>165</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="H67" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="J67" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="K67" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="L67" s="3">
+        <v>1840</v>
+      </c>
+      <c r="M67" s="24">
+        <v>57885</v>
+      </c>
+      <c r="N67" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O67" s="24">
+        <v>1133300</v>
+      </c>
+      <c r="P67" s="24">
+        <v>736645</v>
+      </c>
+      <c r="Q67" s="6">
+        <v>135</v>
+      </c>
+      <c r="R67" s="29">
+        <v>0.35</v>
+      </c>
+      <c r="S67" s="24">
+        <v>0</v>
+      </c>
+      <c r="T67" s="26">
+        <v>396655</v>
+      </c>
+      <c r="U67" s="25">
+        <v>396655</v>
+      </c>
+    </row>
+    <row r="68" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A68" s="10">
+        <v>27.25</v>
+      </c>
+      <c r="B68" s="1">
+        <v>23.25</v>
+      </c>
+      <c r="C68" s="9">
+        <v>4</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>131</v>
+      </c>
+      <c r="H68" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="I68" s="6" t="s">
         <v>292</v>
       </c>
-      <c r="J64" s="6" t="s">
-[...11 lines deleted...]
-      <c r="N64" s="30">
+      <c r="J68" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="K68" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="L68" s="3">
+        <v>349</v>
+      </c>
+      <c r="M68" s="24">
+        <v>66023</v>
+      </c>
+      <c r="N68" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O64" s="24">
-[...8 lines deleted...]
-      <c r="R64" s="30">
+      <c r="O68" s="24">
+        <v>468233</v>
+      </c>
+      <c r="P68" s="24">
+        <v>257528.15</v>
+      </c>
+      <c r="Q68" s="6">
+        <v>155</v>
+      </c>
+      <c r="R68" s="29">
         <v>0.45</v>
       </c>
-      <c r="S64" s="24"/>
-[...29 lines deleted...]
-      <c r="H65" s="2" t="s">
+      <c r="S68" s="24">
+        <v>0</v>
+      </c>
+      <c r="T68" s="26">
+        <v>210704.85</v>
+      </c>
+      <c r="U68" s="25">
+        <v>210704.85</v>
+      </c>
+    </row>
+    <row r="69" spans="1:80" s="147" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="10">
+        <v>25.75</v>
+      </c>
+      <c r="B69" s="10">
+        <v>21.75</v>
+      </c>
+      <c r="C69" s="9">
+        <v>4</v>
+      </c>
+      <c r="D69" s="141" t="s">
+        <v>235</v>
+      </c>
+      <c r="E69" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="F69" s="141" t="s">
+        <v>175</v>
+      </c>
+      <c r="G69" s="141" t="s">
+        <v>176</v>
+      </c>
+      <c r="H69" s="141" t="s">
+        <v>266</v>
+      </c>
+      <c r="I69" s="9" t="s">
+        <v>301</v>
+      </c>
+      <c r="J69" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K69" s="141" t="s">
         <v>272</v>
       </c>
-      <c r="I65" s="6" t="s">
-[...23 lines deleted...]
-      <c r="Q65" s="6">
+      <c r="L69" s="145">
+        <v>2094</v>
+      </c>
+      <c r="M69" s="97">
+        <v>58393</v>
+      </c>
+      <c r="N69" s="106">
+        <v>0.33</v>
+      </c>
+      <c r="O69" s="97">
+        <v>697847</v>
+      </c>
+      <c r="P69" s="97">
+        <v>418708.2</v>
+      </c>
+      <c r="Q69" s="9">
+        <v>145</v>
+      </c>
+      <c r="R69" s="29">
+        <v>0.4</v>
+      </c>
+      <c r="S69" s="97">
+        <v>0</v>
+      </c>
+      <c r="T69" s="98">
+        <v>279138.8</v>
+      </c>
+      <c r="U69" s="25">
+        <v>279138.8</v>
+      </c>
+      <c r="V69" s="20"/>
+      <c r="W69" s="20"/>
+      <c r="X69" s="20"/>
+      <c r="Y69" s="20"/>
+      <c r="Z69" s="20"/>
+      <c r="AA69" s="20"/>
+      <c r="AB69" s="20"/>
+      <c r="AC69" s="20"/>
+      <c r="AD69" s="20"/>
+      <c r="AE69" s="20"/>
+      <c r="AF69" s="20"/>
+      <c r="AG69" s="20"/>
+      <c r="AH69" s="20"/>
+      <c r="AI69" s="20"/>
+      <c r="AJ69" s="20"/>
+      <c r="AK69" s="20"/>
+      <c r="AL69" s="20"/>
+      <c r="AM69" s="20"/>
+      <c r="AN69" s="20"/>
+      <c r="AO69" s="20"/>
+      <c r="AP69" s="20"/>
+      <c r="AQ69" s="20"/>
+      <c r="AR69" s="20"/>
+      <c r="AS69" s="20"/>
+      <c r="AT69" s="20"/>
+      <c r="AU69" s="20"/>
+      <c r="AV69" s="20"/>
+      <c r="AW69" s="20"/>
+      <c r="AX69" s="20"/>
+      <c r="AY69" s="20"/>
+      <c r="AZ69" s="20"/>
+      <c r="BA69" s="20"/>
+      <c r="BB69" s="20"/>
+      <c r="BC69" s="20"/>
+      <c r="BD69" s="20"/>
+      <c r="BE69" s="20"/>
+      <c r="BF69" s="20"/>
+      <c r="BG69" s="20"/>
+      <c r="BH69" s="20"/>
+      <c r="BI69" s="20"/>
+      <c r="BJ69" s="20"/>
+      <c r="BK69" s="20"/>
+      <c r="BL69" s="20"/>
+      <c r="BM69" s="20"/>
+      <c r="BN69" s="10"/>
+      <c r="BO69" s="10"/>
+      <c r="BP69" s="10"/>
+      <c r="BQ69" s="10"/>
+      <c r="BR69" s="10"/>
+      <c r="BS69" s="10"/>
+      <c r="BT69" s="10"/>
+      <c r="BU69" s="10"/>
+      <c r="BV69" s="10"/>
+      <c r="BW69" s="10"/>
+      <c r="BX69" s="10"/>
+      <c r="BY69" s="10"/>
+      <c r="BZ69" s="10"/>
+      <c r="CA69" s="10"/>
+    </row>
+    <row r="70" spans="1:80" s="9" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="10">
+        <v>25.5</v>
+      </c>
+      <c r="B70" s="1">
+        <v>22.5</v>
+      </c>
+      <c r="C70" s="9">
+        <v>3</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="H70" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I70" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="J70" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K70" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L70" s="3">
+        <v>1612</v>
+      </c>
+      <c r="M70" s="24">
+        <v>58889</v>
+      </c>
+      <c r="N70" s="28">
+        <v>0.33</v>
+      </c>
+      <c r="O70" s="24">
+        <v>573500</v>
+      </c>
+      <c r="P70" s="24">
+        <v>344100</v>
+      </c>
+      <c r="Q70" s="6">
+        <v>150</v>
+      </c>
+      <c r="R70" s="29">
+        <v>0.4</v>
+      </c>
+      <c r="S70" s="24">
+        <v>0</v>
+      </c>
+      <c r="T70" s="26">
+        <v>229400</v>
+      </c>
+      <c r="U70" s="25">
+        <v>229400</v>
+      </c>
+      <c r="V70" s="124"/>
+      <c r="W70" s="124"/>
+      <c r="X70" s="124"/>
+      <c r="Y70" s="124"/>
+      <c r="Z70" s="124"/>
+      <c r="AA70" s="124"/>
+      <c r="AB70" s="124"/>
+      <c r="AC70" s="124"/>
+      <c r="AD70" s="124"/>
+      <c r="AE70" s="124"/>
+      <c r="AF70" s="124"/>
+      <c r="AG70" s="124"/>
+      <c r="AH70" s="124"/>
+      <c r="AI70" s="124"/>
+      <c r="AJ70" s="124"/>
+      <c r="AK70" s="124"/>
+      <c r="AL70" s="124"/>
+      <c r="AM70" s="124"/>
+      <c r="AN70" s="124"/>
+      <c r="AO70" s="124"/>
+      <c r="AP70" s="124"/>
+      <c r="AQ70" s="124"/>
+      <c r="AR70" s="124"/>
+      <c r="AS70" s="124"/>
+      <c r="AT70" s="124"/>
+      <c r="AU70" s="124"/>
+      <c r="AV70" s="124"/>
+      <c r="AW70" s="124"/>
+      <c r="AX70" s="124"/>
+      <c r="AY70" s="124"/>
+      <c r="AZ70" s="124"/>
+      <c r="BA70" s="124"/>
+      <c r="BB70" s="124"/>
+      <c r="BC70" s="124"/>
+      <c r="BD70" s="124"/>
+      <c r="BE70" s="124"/>
+      <c r="BF70" s="124"/>
+      <c r="BG70" s="124"/>
+      <c r="BH70" s="124"/>
+      <c r="BI70" s="124"/>
+      <c r="BJ70" s="124"/>
+      <c r="BK70" s="124"/>
+      <c r="BL70" s="124"/>
+      <c r="BM70" s="124"/>
+      <c r="BN70" s="124"/>
+      <c r="BO70" s="124"/>
+      <c r="BP70" s="124"/>
+      <c r="BQ70" s="124"/>
+      <c r="BR70" s="124"/>
+      <c r="BS70" s="124"/>
+      <c r="BT70" s="124"/>
+      <c r="BU70" s="124"/>
+      <c r="BV70" s="124"/>
+      <c r="BW70" s="124"/>
+      <c r="BX70" s="124"/>
+      <c r="BY70" s="124"/>
+      <c r="BZ70" s="124"/>
+      <c r="CA70" s="124"/>
+      <c r="CB70" s="124"/>
+    </row>
+    <row r="71" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A71" s="10">
         <v>25</v>
       </c>
-      <c r="R65" s="30">
-[...50 lines deleted...]
-      <c r="N66" s="29">
+      <c r="B71" s="1">
+        <v>15</v>
+      </c>
+      <c r="C71" s="9">
+        <v>10</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="H71" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="I71" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="J71" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K71" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="L71" s="3">
+        <v>7678</v>
+      </c>
+      <c r="M71" s="24">
+        <v>59063</v>
+      </c>
+      <c r="N71" s="28">
         <v>0.33</v>
       </c>
-      <c r="O66" s="25">
-[...275 lines deleted...]
-      <c r="B71" s="1">
+      <c r="O71" s="24">
+        <v>1058923</v>
+      </c>
+      <c r="P71" s="24">
+        <v>794192.25</v>
+      </c>
+      <c r="Q71" s="6">
+        <v>100</v>
+      </c>
+      <c r="R71" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="S71" s="24">
+        <v>0</v>
+      </c>
+      <c r="T71" s="26">
+        <v>264730.75</v>
+      </c>
+      <c r="U71" s="25">
+        <v>264730.75</v>
+      </c>
+    </row>
+    <row r="72" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A72" s="10">
+        <v>24.75</v>
+      </c>
+      <c r="B72" s="1">
         <v>21.75</v>
-      </c>
-[...61 lines deleted...]
-        <v>22.5</v>
       </c>
       <c r="C72" s="9">
         <v>3</v>
       </c>
       <c r="D72" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>179</v>
+        <v>376</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>180</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>182</v>
+      </c>
+      <c r="G72" s="80" t="s">
+        <v>358</v>
       </c>
       <c r="H72" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I72" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="J72" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="K72" s="2" t="s">
         <v>272</v>
       </c>
-      <c r="I72" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L72" s="3">
-        <v>1612</v>
-[...4 lines deleted...]
-      <c r="N72" s="29">
+        <v>1043</v>
+      </c>
+      <c r="M72" s="24">
+        <v>57854</v>
+      </c>
+      <c r="N72" s="28">
         <v>0.33</v>
       </c>
-      <c r="O72" s="25">
-[...3 lines deleted...]
-        <v>435796</v>
+      <c r="O72" s="24">
+        <v>1852130</v>
+      </c>
+      <c r="P72" s="24">
+        <v>1111278</v>
       </c>
       <c r="Q72" s="6">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="R72" s="30">
+        <v>145</v>
+      </c>
+      <c r="R72" s="29">
         <v>0.4</v>
       </c>
-      <c r="S72" s="25"/>
-[...71 lines deleted...]
-    <row r="73" spans="1:85" x14ac:dyDescent="0.3">
+      <c r="S72" s="24">
+        <v>0</v>
+      </c>
+      <c r="T72" s="26">
+        <v>740852</v>
+      </c>
+      <c r="U72" s="25">
+        <v>740852</v>
+      </c>
+    </row>
+    <row r="73" spans="1:80" x14ac:dyDescent="0.3">
       <c r="A73" s="10">
+        <v>24.25</v>
+      </c>
+      <c r="B73" s="1">
+        <v>8.25</v>
+      </c>
+      <c r="C73" s="9">
+        <v>16</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H73" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I73" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="J73" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="K73" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L73" s="3">
+        <v>16587</v>
+      </c>
+      <c r="M73" s="24">
+        <v>68757</v>
+      </c>
+      <c r="N73" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O73" s="24">
+        <v>3218622</v>
+      </c>
+      <c r="P73" s="24">
+        <v>3218622</v>
+      </c>
+      <c r="Q73" s="6">
+        <v>55</v>
+      </c>
+      <c r="R73" s="29">
+        <v>0</v>
+      </c>
+      <c r="S73" s="24">
+        <v>0</v>
+      </c>
+      <c r="T73" s="26">
+        <v>0</v>
+      </c>
+      <c r="U73" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A74" s="10">
+        <v>24</v>
+      </c>
+      <c r="B74" s="1">
+        <v>30</v>
+      </c>
+      <c r="C74" s="9">
+        <v>-6</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="H74" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="I74" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="J74" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="K74" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="L74" s="3">
+        <v>415</v>
+      </c>
+      <c r="M74" s="24">
+        <v>62500</v>
+      </c>
+      <c r="N74" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O74" s="24">
+        <v>642849</v>
+      </c>
+      <c r="P74" s="24">
+        <v>257139</v>
+      </c>
+      <c r="Q74" s="6">
+        <v>200</v>
+      </c>
+      <c r="R74" s="29">
+        <v>0.6</v>
+      </c>
+      <c r="S74" s="24">
+        <v>0</v>
+      </c>
+      <c r="T74" s="26">
+        <v>385710</v>
+      </c>
+      <c r="U74" s="26">
+        <v>385710</v>
+      </c>
+    </row>
+    <row r="75" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A75" s="10">
+        <v>24</v>
+      </c>
+      <c r="B75" s="1">
+        <v>9</v>
+      </c>
+      <c r="C75" s="9">
+        <v>15</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="H75" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I75" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="J75" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="K75" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L75" s="3">
+        <v>1593</v>
+      </c>
+      <c r="M75" s="24">
+        <v>89375</v>
+      </c>
+      <c r="N75" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O75" s="24">
+        <v>3423990</v>
+      </c>
+      <c r="P75" s="24">
+        <v>3081591</v>
+      </c>
+      <c r="Q75" s="6">
+        <v>60</v>
+      </c>
+      <c r="R75" s="29">
+        <v>0.1</v>
+      </c>
+      <c r="S75" s="24">
+        <v>0</v>
+      </c>
+      <c r="T75" s="26">
+        <v>342399</v>
+      </c>
+      <c r="U75" s="26">
+        <v>342399</v>
+      </c>
+      <c r="V75" s="124"/>
+      <c r="W75" s="124"/>
+      <c r="X75" s="124"/>
+      <c r="Y75" s="124"/>
+      <c r="Z75" s="124"/>
+      <c r="AA75" s="124"/>
+      <c r="AB75" s="124"/>
+      <c r="AC75" s="124"/>
+      <c r="AD75" s="124"/>
+      <c r="AE75" s="124"/>
+      <c r="AF75" s="124"/>
+      <c r="AG75" s="124"/>
+      <c r="AH75" s="124"/>
+      <c r="AI75" s="124"/>
+      <c r="AJ75" s="124"/>
+      <c r="AK75" s="124"/>
+      <c r="AL75" s="124"/>
+      <c r="AM75" s="124"/>
+      <c r="AN75" s="124"/>
+      <c r="AO75" s="124"/>
+      <c r="AP75" s="124"/>
+      <c r="AQ75" s="124"/>
+      <c r="AR75" s="124"/>
+      <c r="AS75" s="124"/>
+      <c r="AT75" s="124"/>
+      <c r="AU75" s="124"/>
+      <c r="AV75" s="124"/>
+      <c r="AW75" s="124"/>
+      <c r="AX75" s="124"/>
+      <c r="AY75" s="124"/>
+      <c r="AZ75" s="124"/>
+      <c r="BA75" s="124"/>
+      <c r="BB75" s="124"/>
+      <c r="BC75" s="124"/>
+      <c r="BD75" s="124"/>
+      <c r="BE75" s="124"/>
+      <c r="BF75" s="124"/>
+      <c r="BG75" s="124"/>
+      <c r="BH75" s="124"/>
+      <c r="BI75" s="124"/>
+      <c r="BJ75" s="124"/>
+      <c r="BK75" s="124"/>
+      <c r="BL75" s="124"/>
+      <c r="BM75" s="124"/>
+      <c r="BN75" s="124"/>
+      <c r="BO75" s="124"/>
+      <c r="BP75" s="124"/>
+      <c r="BQ75" s="124"/>
+      <c r="BR75" s="124"/>
+      <c r="BS75" s="124"/>
+      <c r="BT75" s="124"/>
+      <c r="BU75" s="124"/>
+      <c r="BV75" s="124"/>
+      <c r="BW75" s="124"/>
+      <c r="BX75" s="124"/>
+      <c r="BY75" s="124"/>
+      <c r="BZ75" s="124"/>
+      <c r="CA75" s="124"/>
+    </row>
+    <row r="76" spans="1:80" s="5" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A76" s="10">
+        <v>23.75</v>
+      </c>
+      <c r="B76" s="1">
+        <v>3.75</v>
+      </c>
+      <c r="C76" s="9">
+        <v>20</v>
+      </c>
+      <c r="D76" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="E76" s="9" t="s">
+        <v>333</v>
+      </c>
+      <c r="F76" s="9" t="s">
+        <v>243</v>
+      </c>
+      <c r="G76" s="9" t="s">
+        <v>242</v>
+      </c>
+      <c r="H76" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I76" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="J76" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L76" s="13">
+        <v>291037</v>
+      </c>
+      <c r="M76" s="25">
+        <v>76983</v>
+      </c>
+      <c r="N76" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O76" s="25">
+        <v>1275000</v>
+      </c>
+      <c r="P76" s="24">
+        <v>1275000</v>
+      </c>
+      <c r="Q76" s="6">
         <v>25</v>
       </c>
-      <c r="B73" s="1">
-[...247 lines deleted...]
-    <row r="77" spans="1:85" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="R76" s="29">
+        <v>0</v>
+      </c>
+      <c r="S76" s="24">
+        <v>0</v>
+      </c>
+      <c r="T76" s="26">
+        <v>0</v>
+      </c>
+      <c r="U76" s="25">
+        <v>0</v>
+      </c>
+      <c r="V76" s="20"/>
+      <c r="W76" s="20"/>
+      <c r="X76" s="20"/>
+      <c r="Y76" s="20"/>
+      <c r="Z76" s="20"/>
+      <c r="AA76" s="20"/>
+      <c r="AB76" s="20"/>
+      <c r="AC76" s="20"/>
+      <c r="AD76" s="20"/>
+      <c r="AE76" s="20"/>
+      <c r="AF76" s="20"/>
+      <c r="AG76" s="20"/>
+      <c r="AH76" s="20"/>
+      <c r="AI76" s="20"/>
+      <c r="AJ76" s="20"/>
+      <c r="AK76" s="20"/>
+      <c r="AL76" s="20"/>
+      <c r="AM76" s="20"/>
+      <c r="AN76" s="20"/>
+      <c r="AO76" s="20"/>
+      <c r="AP76" s="20"/>
+      <c r="AQ76" s="20"/>
+      <c r="AR76" s="20"/>
+      <c r="AS76" s="20"/>
+      <c r="AT76" s="20"/>
+      <c r="AU76" s="20"/>
+      <c r="AV76" s="20"/>
+      <c r="AW76" s="20"/>
+      <c r="AX76" s="20"/>
+      <c r="AY76" s="20"/>
+      <c r="AZ76" s="20"/>
+      <c r="BA76" s="20"/>
+      <c r="BB76" s="20"/>
+      <c r="BC76" s="20"/>
+      <c r="BD76" s="20"/>
+      <c r="BE76" s="20"/>
+      <c r="BF76" s="20"/>
+      <c r="BG76" s="20"/>
+      <c r="BH76" s="20"/>
+      <c r="BI76" s="20"/>
+      <c r="BJ76" s="20"/>
+      <c r="BK76" s="20"/>
+      <c r="BL76" s="20"/>
+      <c r="BM76" s="20"/>
+      <c r="BN76" s="20"/>
+      <c r="BO76" s="20"/>
+      <c r="BP76" s="20"/>
+      <c r="BQ76" s="20"/>
+      <c r="BR76" s="20"/>
+      <c r="BS76" s="20"/>
+      <c r="BT76" s="20"/>
+      <c r="BU76" s="20"/>
+      <c r="BV76" s="20"/>
+      <c r="BW76" s="20"/>
+      <c r="BX76" s="20"/>
+      <c r="BY76" s="20"/>
+      <c r="BZ76" s="20"/>
+      <c r="CA76" s="20"/>
+      <c r="CB76" s="125"/>
+    </row>
+    <row r="77" spans="1:80" s="14" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A77" s="10">
         <v>23.75</v>
       </c>
       <c r="B77" s="1">
         <v>3.75</v>
       </c>
       <c r="C77" s="9">
         <v>20</v>
       </c>
-      <c r="D77" s="9" t="s">
-        <v>238</v>
+      <c r="D77" s="2" t="s">
+        <v>235</v>
       </c>
       <c r="E77" s="9" t="s">
-        <v>340</v>
-[...5 lines deleted...]
-        <v>246</v>
+        <v>333</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>202</v>
       </c>
       <c r="H77" s="2" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="I77" s="6" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="J77" s="9" t="s">
+        <v>285</v>
+      </c>
+      <c r="J77" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="L77" s="13">
+        <v>274</v>
+      </c>
+      <c r="L77" s="3">
         <v>291037</v>
       </c>
-      <c r="M77" s="26">
+      <c r="M77" s="24">
         <v>76983</v>
       </c>
-      <c r="N77" s="30">
+      <c r="N77" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O77" s="26">
+      <c r="O77" s="24">
         <v>1275000</v>
       </c>
-      <c r="P77" s="25">
+      <c r="P77" s="24">
         <v>1275000</v>
       </c>
       <c r="Q77" s="6">
         <v>25</v>
       </c>
-      <c r="R77" s="30">
-[...10 lines deleted...]
-    <row r="78" spans="1:85" s="5" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="R77" s="29">
+        <v>0</v>
+      </c>
+      <c r="S77" s="24">
+        <v>0</v>
+      </c>
+      <c r="T77" s="26">
+        <v>0</v>
+      </c>
+      <c r="U77" s="25">
+        <v>0</v>
+      </c>
+      <c r="V77" s="125"/>
+      <c r="W77" s="125"/>
+      <c r="X77" s="125"/>
+      <c r="Y77" s="125"/>
+      <c r="Z77" s="125"/>
+      <c r="AA77" s="125"/>
+      <c r="AB77" s="125"/>
+      <c r="AC77" s="125"/>
+      <c r="AD77" s="125"/>
+      <c r="AE77" s="125"/>
+      <c r="AF77" s="125"/>
+      <c r="AG77" s="125"/>
+      <c r="AH77" s="125"/>
+      <c r="AI77" s="125"/>
+      <c r="AJ77" s="125"/>
+      <c r="AK77" s="125"/>
+      <c r="AL77" s="125"/>
+      <c r="AM77" s="125"/>
+      <c r="AN77" s="125"/>
+      <c r="AO77" s="125"/>
+      <c r="AP77" s="125"/>
+      <c r="AQ77" s="125"/>
+      <c r="AR77" s="125"/>
+      <c r="AS77" s="125"/>
+      <c r="AT77" s="125"/>
+      <c r="AU77" s="125"/>
+      <c r="AV77" s="125"/>
+      <c r="AW77" s="125"/>
+      <c r="AX77" s="125"/>
+      <c r="AY77" s="125"/>
+      <c r="AZ77" s="125"/>
+      <c r="BA77" s="125"/>
+      <c r="BB77" s="125"/>
+      <c r="BC77" s="125"/>
+      <c r="BD77" s="125"/>
+      <c r="BE77" s="125"/>
+      <c r="BF77" s="125"/>
+      <c r="BG77" s="125"/>
+      <c r="BH77" s="125"/>
+      <c r="BI77" s="125"/>
+      <c r="BJ77" s="125"/>
+      <c r="BK77" s="125"/>
+      <c r="BL77" s="125"/>
+      <c r="BM77" s="125"/>
+      <c r="BN77" s="125"/>
+      <c r="BO77" s="125"/>
+      <c r="BP77" s="125"/>
+      <c r="BQ77" s="125"/>
+      <c r="BR77" s="125"/>
+      <c r="BS77" s="125"/>
+      <c r="BT77" s="125"/>
+      <c r="BU77" s="125"/>
+      <c r="BV77" s="125"/>
+      <c r="BW77" s="125"/>
+      <c r="BX77" s="125"/>
+      <c r="BY77" s="125"/>
+      <c r="BZ77" s="125"/>
+      <c r="CA77" s="125"/>
+      <c r="CB77" s="124"/>
+    </row>
+    <row r="78" spans="1:80" x14ac:dyDescent="0.3">
       <c r="A78" s="10">
-        <v>23.75</v>
+        <v>22.75</v>
       </c>
       <c r="B78" s="1">
-        <v>3.75</v>
+        <v>15.75</v>
       </c>
       <c r="C78" s="9">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="D78" s="2" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>340</v>
+        <v>235</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>53</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>202</v>
+        <v>54</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>272</v>
+        <v>55</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>269</v>
       </c>
       <c r="I78" s="6" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="J78" s="1" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>25</v>
+      </c>
+      <c r="K78" s="6" t="s">
+        <v>271</v>
       </c>
       <c r="L78" s="3">
-        <v>291037</v>
-[...4 lines deleted...]
-      <c r="N78" s="30">
+        <v>1677</v>
+      </c>
+      <c r="M78" s="24">
+        <v>69007</v>
+      </c>
+      <c r="N78" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O78" s="25">
-[...3 lines deleted...]
-        <v>1275000</v>
+      <c r="O78" s="24">
+        <v>1374134</v>
+      </c>
+      <c r="P78" s="24">
+        <v>1030600</v>
       </c>
       <c r="Q78" s="6">
-        <v>25</v>
-[...6 lines deleted...]
-        <v>0</v>
+        <v>105</v>
+      </c>
+      <c r="R78" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="S78" s="24">
+        <v>0</v>
+      </c>
+      <c r="T78" s="26">
+        <v>343534</v>
       </c>
       <c r="U78" s="26">
-        <v>0</v>
-[...66 lines deleted...]
-    <row r="79" spans="1:85" s="14" customFormat="1" x14ac:dyDescent="0.3">
+        <v>343534</v>
+      </c>
+      <c r="V78" s="124"/>
+      <c r="W78" s="124"/>
+      <c r="X78" s="124"/>
+      <c r="Y78" s="124"/>
+      <c r="Z78" s="124"/>
+      <c r="AA78" s="124"/>
+      <c r="AB78" s="124"/>
+      <c r="AC78" s="124"/>
+      <c r="AD78" s="124"/>
+      <c r="AE78" s="124"/>
+      <c r="AF78" s="124"/>
+      <c r="AG78" s="124"/>
+      <c r="AH78" s="124"/>
+      <c r="AI78" s="124"/>
+      <c r="AJ78" s="124"/>
+      <c r="AK78" s="124"/>
+      <c r="AL78" s="124"/>
+      <c r="AM78" s="124"/>
+      <c r="AN78" s="124"/>
+      <c r="AO78" s="124"/>
+      <c r="AP78" s="124"/>
+      <c r="AQ78" s="124"/>
+      <c r="AR78" s="124"/>
+      <c r="AS78" s="124"/>
+      <c r="AT78" s="124"/>
+      <c r="AU78" s="124"/>
+      <c r="AV78" s="124"/>
+      <c r="AW78" s="124"/>
+      <c r="AX78" s="124"/>
+      <c r="AY78" s="124"/>
+      <c r="AZ78" s="124"/>
+      <c r="BA78" s="124"/>
+      <c r="BB78" s="124"/>
+      <c r="BC78" s="124"/>
+      <c r="BD78" s="124"/>
+      <c r="BE78" s="124"/>
+      <c r="BF78" s="124"/>
+      <c r="BG78" s="124"/>
+      <c r="BH78" s="124"/>
+      <c r="BI78" s="124"/>
+      <c r="BJ78" s="124"/>
+      <c r="BK78" s="124"/>
+      <c r="BL78" s="124"/>
+      <c r="BM78" s="124"/>
+      <c r="BN78" s="124"/>
+      <c r="BO78" s="124"/>
+      <c r="BP78" s="124"/>
+      <c r="BQ78" s="124"/>
+      <c r="BR78" s="124"/>
+      <c r="BS78" s="124"/>
+      <c r="BT78" s="124"/>
+      <c r="BU78" s="124"/>
+      <c r="BV78" s="124"/>
+      <c r="BW78" s="124"/>
+      <c r="BX78" s="124"/>
+      <c r="BY78" s="124"/>
+      <c r="BZ78" s="124"/>
+      <c r="CA78" s="124"/>
+    </row>
+    <row r="79" spans="1:80" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A79" s="10">
-        <v>22.75</v>
+        <v>21.75</v>
       </c>
       <c r="B79" s="1">
-        <v>15.75</v>
+        <v>18.75</v>
       </c>
       <c r="C79" s="9">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>53</v>
+        <v>373</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>54</v>
+        <v>150</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>55</v>
+        <v>151</v>
       </c>
       <c r="H79" s="6" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="I79" s="6" t="s">
-        <v>291</v>
+        <v>56</v>
       </c>
       <c r="J79" s="1" t="s">
         <v>25</v>
       </c>
       <c r="K79" s="6" t="s">
-        <v>276</v>
+        <v>271</v>
       </c>
       <c r="L79" s="3">
-        <v>1677</v>
-[...4 lines deleted...]
-      <c r="N79" s="30">
+        <v>52115</v>
+      </c>
+      <c r="M79" s="24">
+        <v>53803</v>
+      </c>
+      <c r="N79" s="28">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O79" s="25">
-[...3 lines deleted...]
-        <v>1374134</v>
+      <c r="O79" s="24">
+        <v>1504398</v>
+      </c>
+      <c r="P79" s="24">
+        <v>1504398</v>
       </c>
       <c r="Q79" s="6">
-        <v>105</v>
-[...76 lines deleted...]
-    <row r="80" spans="1:85" ht="16.2" x14ac:dyDescent="0.3">
+        <v>125</v>
+      </c>
+      <c r="R79" s="29">
+        <v>0.45</v>
+      </c>
+      <c r="S79" s="24">
+        <v>0</v>
+      </c>
+      <c r="T79" s="26">
+        <v>0</v>
+      </c>
+      <c r="U79" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:80" s="10" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A80" s="10">
-        <v>21.75</v>
+        <v>21.25</v>
       </c>
       <c r="B80" s="1">
-        <v>18.75</v>
+        <v>17.25</v>
       </c>
       <c r="C80" s="9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="E80" s="6" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>151</v>
+        <v>78</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>152</v>
-[...1 lines deleted...]
-      <c r="H80" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="H80" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="J80" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="K80" s="2" t="s">
         <v>274</v>
       </c>
-      <c r="I80" s="6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L80" s="3">
-        <v>52115</v>
-[...2 lines deleted...]
-        <v>53803</v>
+        <v>913</v>
+      </c>
+      <c r="M80" s="24">
+        <v>74609</v>
       </c>
       <c r="N80" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O80" s="25">
-[...3 lines deleted...]
-        <v>1504398</v>
+      <c r="O80" s="24">
+        <v>494700</v>
+      </c>
+      <c r="P80" s="24">
+        <v>428765</v>
       </c>
       <c r="Q80" s="6">
-        <v>125</v>
-[...6 lines deleted...]
-        <v>0</v>
+        <v>115</v>
+      </c>
+      <c r="R80" s="29">
+        <v>0.3</v>
+      </c>
+      <c r="S80" s="24">
+        <v>0</v>
+      </c>
+      <c r="T80" s="26">
+        <v>65935</v>
       </c>
       <c r="U80" s="26">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:85" x14ac:dyDescent="0.3">
+        <v>65935</v>
+      </c>
+      <c r="V80" s="20"/>
+      <c r="W80" s="20"/>
+      <c r="X80" s="20"/>
+      <c r="Y80" s="20"/>
+      <c r="Z80" s="20"/>
+      <c r="AA80" s="20"/>
+      <c r="AB80" s="20"/>
+      <c r="AC80" s="20"/>
+      <c r="AD80" s="20"/>
+      <c r="AE80" s="20"/>
+      <c r="AF80" s="20"/>
+      <c r="AG80" s="20"/>
+      <c r="AH80" s="20"/>
+      <c r="AI80" s="20"/>
+      <c r="AJ80" s="20"/>
+      <c r="AK80" s="20"/>
+      <c r="AL80" s="20"/>
+      <c r="AM80" s="20"/>
+      <c r="AN80" s="20"/>
+      <c r="AO80" s="20"/>
+      <c r="AP80" s="20"/>
+      <c r="AQ80" s="20"/>
+      <c r="AR80" s="20"/>
+      <c r="AS80" s="20"/>
+      <c r="AT80" s="20"/>
+      <c r="AU80" s="20"/>
+      <c r="AV80" s="20"/>
+      <c r="AW80" s="20"/>
+      <c r="AX80" s="20"/>
+      <c r="AY80" s="20"/>
+      <c r="AZ80" s="20"/>
+      <c r="BA80" s="20"/>
+      <c r="BB80" s="20"/>
+      <c r="BC80" s="20"/>
+      <c r="BD80" s="20"/>
+      <c r="BE80" s="20"/>
+      <c r="BF80" s="20"/>
+      <c r="BG80" s="20"/>
+      <c r="BH80" s="20"/>
+      <c r="BI80" s="20"/>
+      <c r="BJ80" s="20"/>
+      <c r="BK80" s="20"/>
+      <c r="BL80" s="20"/>
+      <c r="BM80" s="20"/>
+      <c r="BN80" s="20"/>
+      <c r="BO80" s="20"/>
+      <c r="BP80" s="20"/>
+      <c r="BQ80" s="20"/>
+      <c r="BR80" s="20"/>
+      <c r="BS80" s="20"/>
+      <c r="BT80" s="20"/>
+      <c r="BU80" s="20"/>
+      <c r="BV80" s="20"/>
+      <c r="BW80" s="20"/>
+      <c r="BX80" s="20"/>
+      <c r="BY80" s="20"/>
+      <c r="BZ80" s="20"/>
+      <c r="CA80" s="20"/>
+    </row>
+    <row r="81" spans="1:80" s="10" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A81" s="10">
         <v>21.25</v>
       </c>
-      <c r="B81" s="1">
+      <c r="B81" s="10">
+        <v>14.25</v>
+      </c>
+      <c r="C81" s="9">
+        <v>7</v>
+      </c>
+      <c r="D81" s="141" t="s">
+        <v>235</v>
+      </c>
+      <c r="E81" s="9" t="s">
+        <v>118</v>
+      </c>
+      <c r="F81" s="141" t="s">
+        <v>139</v>
+      </c>
+      <c r="G81" s="141" t="s">
+        <v>140</v>
+      </c>
+      <c r="H81" s="141" t="s">
+        <v>267</v>
+      </c>
+      <c r="I81" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="J81" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="K81" s="141" t="s">
+        <v>274</v>
+      </c>
+      <c r="L81" s="145">
+        <v>5241</v>
+      </c>
+      <c r="M81" s="97">
+        <v>66453</v>
+      </c>
+      <c r="N81" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O81" s="97">
+        <v>576942</v>
+      </c>
+      <c r="P81" s="97">
+        <v>576942</v>
+      </c>
+      <c r="Q81" s="9">
+        <v>95</v>
+      </c>
+      <c r="R81" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="S81" s="97">
+        <v>0</v>
+      </c>
+      <c r="T81" s="98">
+        <v>0</v>
+      </c>
+      <c r="U81" s="98">
+        <v>0</v>
+      </c>
+      <c r="V81" s="20"/>
+      <c r="W81" s="20"/>
+      <c r="X81" s="20"/>
+      <c r="Y81" s="20"/>
+      <c r="Z81" s="20"/>
+      <c r="AA81" s="20"/>
+      <c r="AB81" s="20"/>
+      <c r="AC81" s="20"/>
+      <c r="AD81" s="20"/>
+      <c r="AE81" s="20"/>
+      <c r="AF81" s="20"/>
+      <c r="AG81" s="20"/>
+      <c r="AH81" s="20"/>
+      <c r="AI81" s="20"/>
+      <c r="AJ81" s="20"/>
+      <c r="AK81" s="20"/>
+      <c r="AL81" s="20"/>
+      <c r="AM81" s="20"/>
+      <c r="AN81" s="20"/>
+      <c r="AO81" s="20"/>
+      <c r="AP81" s="20"/>
+      <c r="AQ81" s="20"/>
+      <c r="AR81" s="20"/>
+      <c r="AS81" s="20"/>
+      <c r="AT81" s="20"/>
+      <c r="AU81" s="20"/>
+      <c r="AV81" s="20"/>
+      <c r="AW81" s="20"/>
+      <c r="AX81" s="20"/>
+      <c r="AY81" s="20"/>
+      <c r="AZ81" s="20"/>
+      <c r="BA81" s="20"/>
+      <c r="BB81" s="20"/>
+      <c r="BC81" s="20"/>
+      <c r="BD81" s="20"/>
+      <c r="BE81" s="20"/>
+      <c r="BF81" s="20"/>
+      <c r="BG81" s="20"/>
+      <c r="BH81" s="20"/>
+      <c r="BI81" s="20"/>
+      <c r="BJ81" s="20"/>
+      <c r="BK81" s="20"/>
+      <c r="BL81" s="20"/>
+      <c r="BM81" s="20"/>
+      <c r="BN81" s="20"/>
+      <c r="BO81" s="20"/>
+      <c r="BP81" s="20"/>
+      <c r="BQ81" s="20"/>
+      <c r="BR81" s="20"/>
+      <c r="BS81" s="20"/>
+      <c r="BT81" s="20"/>
+      <c r="BU81" s="20"/>
+      <c r="BV81" s="20"/>
+      <c r="BW81" s="20"/>
+      <c r="BX81" s="20"/>
+      <c r="BY81" s="20"/>
+      <c r="BZ81" s="20"/>
+      <c r="CA81" s="20"/>
+      <c r="CB81" s="20"/>
+    </row>
+    <row r="82" spans="1:80" s="9" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="10">
+        <v>21</v>
+      </c>
+      <c r="B82" s="10">
+        <v>3</v>
+      </c>
+      <c r="C82" s="9">
+        <v>18</v>
+      </c>
+      <c r="D82" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="E82" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="F82" s="9" t="s">
+        <v>277</v>
+      </c>
+      <c r="G82" s="9" t="s">
+        <v>276</v>
+      </c>
+      <c r="H82" s="141" t="s">
+        <v>265</v>
+      </c>
+      <c r="I82" s="9" t="s">
+        <v>307</v>
+      </c>
+      <c r="J82" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="K82" s="141" t="s">
+        <v>273</v>
+      </c>
+      <c r="L82" s="13">
+        <v>6264</v>
+      </c>
+      <c r="M82" s="97">
+        <v>125938</v>
+      </c>
+      <c r="N82" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O82" s="25">
+        <v>1722150</v>
+      </c>
+      <c r="P82" s="97">
+        <v>1722150</v>
+      </c>
+      <c r="Q82" s="9">
+        <v>20</v>
+      </c>
+      <c r="R82" s="29">
+        <v>0</v>
+      </c>
+      <c r="S82" s="97">
+        <v>0</v>
+      </c>
+      <c r="T82" s="98">
+        <v>0</v>
+      </c>
+      <c r="U82" s="25">
+        <v>0</v>
+      </c>
+      <c r="V82" s="20"/>
+      <c r="W82" s="20"/>
+      <c r="X82" s="20"/>
+      <c r="Y82" s="20"/>
+      <c r="Z82" s="20"/>
+      <c r="AA82" s="20"/>
+      <c r="AB82" s="20"/>
+      <c r="AC82" s="20"/>
+      <c r="AD82" s="20"/>
+      <c r="AE82" s="20"/>
+      <c r="AF82" s="20"/>
+      <c r="AG82" s="20"/>
+      <c r="AH82" s="20"/>
+      <c r="AI82" s="20"/>
+      <c r="AJ82" s="20"/>
+      <c r="AK82" s="20"/>
+      <c r="AL82" s="20"/>
+      <c r="AM82" s="20"/>
+      <c r="AN82" s="20"/>
+      <c r="AO82" s="20"/>
+      <c r="AP82" s="20"/>
+      <c r="AQ82" s="20"/>
+      <c r="AR82" s="20"/>
+      <c r="AS82" s="20"/>
+      <c r="AT82" s="20"/>
+      <c r="AU82" s="20"/>
+      <c r="AV82" s="20"/>
+      <c r="AW82" s="20"/>
+      <c r="AX82" s="20"/>
+      <c r="AY82" s="20"/>
+      <c r="AZ82" s="20"/>
+      <c r="BA82" s="20"/>
+      <c r="BB82" s="20"/>
+      <c r="BC82" s="20"/>
+      <c r="BD82" s="20"/>
+      <c r="BE82" s="20"/>
+      <c r="BF82" s="20"/>
+      <c r="BG82" s="20"/>
+      <c r="BH82" s="20"/>
+      <c r="BI82" s="20"/>
+      <c r="BJ82" s="20"/>
+      <c r="BK82" s="20"/>
+      <c r="BL82" s="20"/>
+      <c r="BM82" s="20"/>
+      <c r="BN82" s="20"/>
+      <c r="BO82" s="20"/>
+      <c r="BP82" s="20"/>
+      <c r="BQ82" s="20"/>
+      <c r="BR82" s="20"/>
+      <c r="BS82" s="20"/>
+      <c r="BT82" s="20"/>
+      <c r="BU82" s="20"/>
+      <c r="BV82" s="20"/>
+      <c r="BW82" s="20"/>
+      <c r="BX82" s="20"/>
+      <c r="BY82" s="20"/>
+      <c r="BZ82" s="20"/>
+      <c r="CA82" s="20"/>
+      <c r="CB82" s="124"/>
+    </row>
+    <row r="83" spans="1:80" s="10" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="10">
+        <v>18.25</v>
+      </c>
+      <c r="B83" s="10">
+        <v>14.25</v>
+      </c>
+      <c r="C83" s="9">
+        <v>4</v>
+      </c>
+      <c r="D83" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="E83" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>241</v>
+      </c>
+      <c r="G83" s="9" t="s">
+        <v>240</v>
+      </c>
+      <c r="H83" s="141" t="s">
+        <v>265</v>
+      </c>
+      <c r="I83" s="9" t="s">
+        <v>316</v>
+      </c>
+      <c r="J83" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="K83" s="141" t="s">
+        <v>273</v>
+      </c>
+      <c r="L83" s="13">
+        <v>11128</v>
+      </c>
+      <c r="M83" s="25">
+        <v>58716</v>
+      </c>
+      <c r="N83" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O83" s="25">
+        <v>1105540</v>
+      </c>
+      <c r="P83" s="97">
+        <v>1105540</v>
+      </c>
+      <c r="Q83" s="9">
+        <v>95</v>
+      </c>
+      <c r="R83" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="S83" s="97">
+        <v>0</v>
+      </c>
+      <c r="T83" s="98">
+        <v>0</v>
+      </c>
+      <c r="U83" s="98">
+        <v>0</v>
+      </c>
+      <c r="V83" s="20"/>
+      <c r="W83" s="20"/>
+      <c r="X83" s="20"/>
+      <c r="Y83" s="20"/>
+      <c r="Z83" s="20"/>
+      <c r="AA83" s="20"/>
+      <c r="AB83" s="20"/>
+      <c r="AC83" s="20"/>
+      <c r="AD83" s="20"/>
+      <c r="AE83" s="20"/>
+      <c r="AF83" s="20"/>
+      <c r="AG83" s="20"/>
+      <c r="AH83" s="20"/>
+      <c r="AI83" s="20"/>
+      <c r="AJ83" s="20"/>
+      <c r="AK83" s="20"/>
+      <c r="AL83" s="20"/>
+      <c r="AM83" s="20"/>
+      <c r="AN83" s="20"/>
+      <c r="AO83" s="20"/>
+      <c r="AP83" s="20"/>
+      <c r="AQ83" s="20"/>
+      <c r="AR83" s="20"/>
+      <c r="AS83" s="20"/>
+      <c r="AT83" s="20"/>
+      <c r="AU83" s="20"/>
+      <c r="AV83" s="20"/>
+      <c r="AW83" s="20"/>
+      <c r="AX83" s="20"/>
+      <c r="AY83" s="20"/>
+      <c r="AZ83" s="20"/>
+      <c r="BA83" s="20"/>
+      <c r="BB83" s="20"/>
+      <c r="BC83" s="20"/>
+      <c r="BD83" s="20"/>
+      <c r="BE83" s="20"/>
+      <c r="BF83" s="20"/>
+      <c r="BG83" s="20"/>
+      <c r="BH83" s="20"/>
+      <c r="BI83" s="20"/>
+      <c r="BJ83" s="20"/>
+      <c r="BK83" s="20"/>
+      <c r="BL83" s="20"/>
+      <c r="BM83" s="20"/>
+      <c r="BN83" s="20"/>
+      <c r="BO83" s="20"/>
+      <c r="BP83" s="20"/>
+      <c r="BQ83" s="20"/>
+      <c r="BR83" s="20"/>
+      <c r="BS83" s="20"/>
+      <c r="BT83" s="20"/>
+      <c r="BU83" s="20"/>
+      <c r="BV83" s="20"/>
+      <c r="BW83" s="20"/>
+      <c r="BX83" s="20"/>
+      <c r="BY83" s="20"/>
+      <c r="BZ83" s="20"/>
+      <c r="CA83" s="20"/>
+      <c r="CB83" s="20"/>
+    </row>
+    <row r="84" spans="1:80" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="10">
+        <v>18</v>
+      </c>
+      <c r="B84" s="10">
+        <v>24</v>
+      </c>
+      <c r="C84" s="9">
+        <v>-6</v>
+      </c>
+      <c r="D84" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="E84" s="9" t="s">
+        <v>188</v>
+      </c>
+      <c r="F84" s="9" t="s">
+        <v>189</v>
+      </c>
+      <c r="G84" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="H84" s="141" t="s">
+        <v>267</v>
+      </c>
+      <c r="I84" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="J84" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="K84" s="141" t="s">
+        <v>274</v>
+      </c>
+      <c r="L84" s="13">
+        <v>392</v>
+      </c>
+      <c r="M84" s="25">
+        <v>71696</v>
+      </c>
+      <c r="N84" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O84" s="25">
+        <v>1709000</v>
+      </c>
+      <c r="P84" s="97">
+        <v>1709000</v>
+      </c>
+      <c r="Q84" s="9">
+        <v>160</v>
+      </c>
+      <c r="R84" s="29">
+        <v>0.45</v>
+      </c>
+      <c r="S84" s="24">
+        <v>0</v>
+      </c>
+      <c r="T84" s="98">
+        <v>0</v>
+      </c>
+      <c r="U84" s="98">
+        <v>0</v>
+      </c>
+      <c r="V84" s="20"/>
+      <c r="W84" s="20"/>
+      <c r="X84" s="20"/>
+      <c r="Y84" s="20"/>
+      <c r="Z84" s="20"/>
+      <c r="AA84" s="20"/>
+      <c r="AB84" s="20"/>
+      <c r="AC84" s="20"/>
+      <c r="AD84" s="20"/>
+      <c r="AE84" s="20"/>
+      <c r="AF84" s="20"/>
+      <c r="AG84" s="20"/>
+      <c r="AH84" s="20"/>
+      <c r="AI84" s="20"/>
+      <c r="AJ84" s="20"/>
+      <c r="AK84" s="20"/>
+      <c r="AL84" s="20"/>
+      <c r="AM84" s="20"/>
+      <c r="AN84" s="20"/>
+      <c r="AO84" s="20"/>
+      <c r="AP84" s="20"/>
+      <c r="AQ84" s="20"/>
+      <c r="AR84" s="20"/>
+      <c r="AS84" s="20"/>
+      <c r="AT84" s="20"/>
+      <c r="AU84" s="20"/>
+      <c r="AV84" s="20"/>
+      <c r="AW84" s="20"/>
+      <c r="AX84" s="20"/>
+      <c r="AY84" s="20"/>
+      <c r="AZ84" s="20"/>
+      <c r="BA84" s="20"/>
+      <c r="BB84" s="20"/>
+      <c r="BC84" s="20"/>
+      <c r="BD84" s="20"/>
+      <c r="BE84" s="20"/>
+      <c r="BF84" s="20"/>
+      <c r="BG84" s="20"/>
+      <c r="BH84" s="20"/>
+      <c r="BI84" s="20"/>
+      <c r="BJ84" s="20"/>
+      <c r="BK84" s="20"/>
+      <c r="BL84" s="20"/>
+      <c r="BM84" s="20"/>
+      <c r="BN84" s="20"/>
+      <c r="BO84" s="20"/>
+      <c r="BP84" s="20"/>
+      <c r="BQ84" s="20"/>
+      <c r="BR84" s="20"/>
+      <c r="BS84" s="20"/>
+      <c r="BT84" s="20"/>
+      <c r="BU84" s="20"/>
+      <c r="BV84" s="20"/>
+      <c r="BW84" s="20"/>
+      <c r="BX84" s="20"/>
+      <c r="BY84" s="20"/>
+      <c r="BZ84" s="20"/>
+      <c r="CA84" s="20"/>
+      <c r="CB84" s="20"/>
+    </row>
+    <row r="85" spans="1:80" s="9" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="10">
+        <v>17.5</v>
+      </c>
+      <c r="B85" s="1">
+        <v>19.5</v>
+      </c>
+      <c r="C85" s="9">
+        <v>-2</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="I85" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="J85" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K85" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="L85" s="3">
+        <v>1823</v>
+      </c>
+      <c r="M85" s="24">
+        <v>64886</v>
+      </c>
+      <c r="N85" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O85" s="24">
+        <v>534366</v>
+      </c>
+      <c r="P85" s="24">
+        <v>534366</v>
+      </c>
+      <c r="Q85" s="6">
+        <v>130</v>
+      </c>
+      <c r="R85" s="29">
+        <v>0.35</v>
+      </c>
+      <c r="S85" s="24">
+        <v>0</v>
+      </c>
+      <c r="T85" s="26">
+        <v>0</v>
+      </c>
+      <c r="U85" s="25">
+        <v>0</v>
+      </c>
+      <c r="V85" s="124"/>
+      <c r="W85" s="124"/>
+      <c r="X85" s="124"/>
+      <c r="Y85" s="124"/>
+      <c r="Z85" s="124"/>
+      <c r="AA85" s="124"/>
+      <c r="AB85" s="124"/>
+      <c r="AC85" s="124"/>
+      <c r="AD85" s="124"/>
+      <c r="AE85" s="124"/>
+      <c r="AF85" s="124"/>
+      <c r="AG85" s="124"/>
+      <c r="AH85" s="124"/>
+      <c r="AI85" s="124"/>
+      <c r="AJ85" s="124"/>
+      <c r="AK85" s="124"/>
+      <c r="AL85" s="124"/>
+      <c r="AM85" s="124"/>
+      <c r="AN85" s="124"/>
+      <c r="AO85" s="124"/>
+      <c r="AP85" s="124"/>
+      <c r="AQ85" s="124"/>
+      <c r="AR85" s="124"/>
+      <c r="AS85" s="124"/>
+      <c r="AT85" s="124"/>
+      <c r="AU85" s="124"/>
+      <c r="AV85" s="124"/>
+      <c r="AW85" s="124"/>
+      <c r="AX85" s="124"/>
+      <c r="AY85" s="124"/>
+      <c r="AZ85" s="124"/>
+      <c r="BA85" s="124"/>
+      <c r="BB85" s="124"/>
+      <c r="BC85" s="124"/>
+      <c r="BD85" s="124"/>
+      <c r="BE85" s="124"/>
+      <c r="BF85" s="124"/>
+      <c r="BG85" s="124"/>
+      <c r="BH85" s="124"/>
+      <c r="BI85" s="124"/>
+      <c r="BJ85" s="124"/>
+      <c r="BK85" s="124"/>
+      <c r="BL85" s="124"/>
+      <c r="BM85" s="124"/>
+      <c r="BN85" s="124"/>
+      <c r="BO85" s="124"/>
+      <c r="BP85" s="124"/>
+      <c r="BQ85" s="124"/>
+      <c r="BR85" s="124"/>
+      <c r="BS85" s="124"/>
+      <c r="BT85" s="124"/>
+      <c r="BU85" s="124"/>
+      <c r="BV85" s="124"/>
+      <c r="BW85" s="124"/>
+      <c r="BX85" s="124"/>
+      <c r="BY85" s="124"/>
+      <c r="BZ85" s="124"/>
+      <c r="CA85" s="124"/>
+      <c r="CB85" s="124"/>
+    </row>
+    <row r="86" spans="1:80" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="10">
         <v>17.25</v>
       </c>
-      <c r="C81" s="9">
+      <c r="B86" s="1">
+        <v>14.25</v>
+      </c>
+      <c r="C86" s="9">
+        <v>3</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="H86" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I86" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="J86" s="1" t="s">
+        <v>24</v>
+      </c>
+      <c r="K86" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L86" s="3">
+        <v>5241</v>
+      </c>
+      <c r="M86" s="24">
+        <v>66453</v>
+      </c>
+      <c r="N86" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O86" s="24">
+        <v>319701</v>
+      </c>
+      <c r="P86" s="24">
+        <v>319701</v>
+      </c>
+      <c r="Q86" s="6">
+        <v>95</v>
+      </c>
+      <c r="R86" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="S86" s="24">
+        <v>0</v>
+      </c>
+      <c r="T86" s="26">
+        <v>0</v>
+      </c>
+      <c r="U86" s="25">
+        <v>0</v>
+      </c>
+      <c r="V86" s="20"/>
+      <c r="W86" s="20"/>
+      <c r="X86" s="20"/>
+      <c r="Y86" s="20"/>
+      <c r="Z86" s="20"/>
+      <c r="AA86" s="20"/>
+      <c r="AB86" s="20"/>
+      <c r="AC86" s="20"/>
+      <c r="AD86" s="20"/>
+      <c r="AE86" s="20"/>
+      <c r="AF86" s="20"/>
+      <c r="AG86" s="20"/>
+      <c r="AH86" s="20"/>
+      <c r="AI86" s="20"/>
+      <c r="AJ86" s="20"/>
+      <c r="AK86" s="20"/>
+      <c r="AL86" s="20"/>
+      <c r="AM86" s="20"/>
+      <c r="AN86" s="20"/>
+      <c r="AO86" s="20"/>
+      <c r="AP86" s="20"/>
+      <c r="AQ86" s="20"/>
+      <c r="AR86" s="20"/>
+      <c r="AS86" s="20"/>
+      <c r="AT86" s="20"/>
+      <c r="AU86" s="20"/>
+      <c r="AV86" s="20"/>
+      <c r="AW86" s="20"/>
+      <c r="AX86" s="20"/>
+      <c r="AY86" s="20"/>
+      <c r="AZ86" s="20"/>
+      <c r="BA86" s="20"/>
+      <c r="BB86" s="20"/>
+      <c r="BC86" s="20"/>
+      <c r="BD86" s="20"/>
+      <c r="BE86" s="20"/>
+      <c r="BF86" s="20"/>
+      <c r="BG86" s="20"/>
+      <c r="BH86" s="20"/>
+      <c r="BI86" s="20"/>
+      <c r="BJ86" s="20"/>
+      <c r="BK86" s="20"/>
+      <c r="BL86" s="20"/>
+      <c r="BM86" s="20"/>
+      <c r="BN86" s="20"/>
+      <c r="BO86" s="20"/>
+      <c r="BP86" s="20"/>
+      <c r="BQ86" s="20"/>
+      <c r="BR86" s="20"/>
+      <c r="BS86" s="20"/>
+      <c r="BT86" s="20"/>
+      <c r="BU86" s="20"/>
+      <c r="BV86" s="20"/>
+      <c r="BW86" s="20"/>
+      <c r="BX86" s="20"/>
+      <c r="BY86" s="20"/>
+      <c r="BZ86" s="20"/>
+      <c r="CA86" s="20"/>
+      <c r="CB86" s="20"/>
+    </row>
+    <row r="87" spans="1:80" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="10">
+        <v>16.25</v>
+      </c>
+      <c r="B87" s="1">
+        <v>17.25</v>
+      </c>
+      <c r="C87" s="9">
+        <v>-1</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="H87" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I87" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="J87" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K87" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L87" s="3">
+        <v>807</v>
+      </c>
+      <c r="M87" s="24">
+        <v>66161</v>
+      </c>
+      <c r="N87" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O87" s="24">
+        <v>740820</v>
+      </c>
+      <c r="P87" s="24">
+        <v>740820</v>
+      </c>
+      <c r="Q87" s="6">
+        <v>115</v>
+      </c>
+      <c r="R87" s="29">
+        <v>0.3</v>
+      </c>
+      <c r="S87" s="24">
+        <v>0</v>
+      </c>
+      <c r="T87" s="26">
+        <v>0</v>
+      </c>
+      <c r="U87" s="25">
+        <v>0</v>
+      </c>
+      <c r="V87" s="20"/>
+      <c r="W87" s="20"/>
+      <c r="X87" s="20"/>
+      <c r="Y87" s="20"/>
+      <c r="Z87" s="20"/>
+      <c r="AA87" s="20"/>
+      <c r="AB87" s="20"/>
+      <c r="AC87" s="20"/>
+      <c r="AD87" s="20"/>
+      <c r="AE87" s="20"/>
+      <c r="AF87" s="20"/>
+      <c r="AG87" s="20"/>
+      <c r="AH87" s="20"/>
+      <c r="AI87" s="20"/>
+      <c r="AJ87" s="20"/>
+      <c r="AK87" s="20"/>
+      <c r="AL87" s="20"/>
+      <c r="AM87" s="20"/>
+      <c r="AN87" s="20"/>
+      <c r="AO87" s="20"/>
+      <c r="AP87" s="20"/>
+      <c r="AQ87" s="20"/>
+      <c r="AR87" s="20"/>
+      <c r="AS87" s="20"/>
+      <c r="AT87" s="20"/>
+      <c r="AU87" s="20"/>
+      <c r="AV87" s="20"/>
+      <c r="AW87" s="20"/>
+      <c r="AX87" s="20"/>
+      <c r="AY87" s="20"/>
+      <c r="AZ87" s="20"/>
+      <c r="BA87" s="20"/>
+      <c r="BB87" s="20"/>
+      <c r="BC87" s="20"/>
+      <c r="BD87" s="20"/>
+      <c r="BE87" s="20"/>
+      <c r="BF87" s="20"/>
+      <c r="BG87" s="20"/>
+      <c r="BH87" s="20"/>
+      <c r="BI87" s="20"/>
+      <c r="BJ87" s="20"/>
+      <c r="BK87" s="20"/>
+      <c r="BL87" s="20"/>
+      <c r="BM87" s="20"/>
+      <c r="BN87" s="20"/>
+      <c r="BO87" s="20"/>
+      <c r="BP87" s="20"/>
+      <c r="BQ87" s="20"/>
+      <c r="BR87" s="20"/>
+      <c r="BS87" s="20"/>
+      <c r="BT87" s="20"/>
+      <c r="BU87" s="20"/>
+      <c r="BV87" s="20"/>
+      <c r="BW87" s="20"/>
+      <c r="BX87" s="20"/>
+      <c r="BY87" s="20"/>
+      <c r="BZ87" s="20"/>
+      <c r="CA87" s="20"/>
+      <c r="CB87" s="20"/>
+    </row>
+    <row r="88" spans="1:80" s="15" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="10">
+        <v>16</v>
+      </c>
+      <c r="B88" s="10">
+        <v>12</v>
+      </c>
+      <c r="C88" s="9">
         <v>4</v>
       </c>
-      <c r="D81" s="2" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="2" t="s">
+      <c r="D88" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="E88" s="9" t="s">
+        <v>192</v>
+      </c>
+      <c r="F88" s="9" t="s">
+        <v>246</v>
+      </c>
+      <c r="G88" s="9" t="s">
+        <v>245</v>
+      </c>
+      <c r="H88" s="9" t="s">
+        <v>269</v>
+      </c>
+      <c r="I88" s="9" t="s">
+        <v>282</v>
+      </c>
+      <c r="J88" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="K88" s="9" t="s">
+        <v>271</v>
+      </c>
+      <c r="L88" s="13">
+        <v>10045</v>
+      </c>
+      <c r="M88" s="25">
+        <v>60517</v>
+      </c>
+      <c r="N88" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O88" s="25">
+        <v>3809001</v>
+      </c>
+      <c r="P88" s="97">
+        <v>3809001</v>
+      </c>
+      <c r="Q88" s="9">
         <v>80</v>
       </c>
-      <c r="H81" s="2" t="s">
-[...17 lines deleted...]
-      <c r="N81" s="30">
+      <c r="R88" s="29">
+        <v>0.2</v>
+      </c>
+      <c r="S88" s="97">
+        <v>0</v>
+      </c>
+      <c r="T88" s="98">
+        <v>0</v>
+      </c>
+      <c r="U88" s="25">
+        <v>0</v>
+      </c>
+      <c r="BN88" s="18"/>
+      <c r="BO88" s="18"/>
+      <c r="BP88" s="18"/>
+      <c r="BQ88" s="18"/>
+      <c r="BR88" s="18"/>
+      <c r="BS88" s="18"/>
+      <c r="BT88" s="18"/>
+      <c r="BU88" s="18"/>
+      <c r="BV88" s="18"/>
+      <c r="BW88" s="18"/>
+      <c r="BX88" s="18"/>
+      <c r="BY88" s="18"/>
+      <c r="BZ88" s="18"/>
+      <c r="CA88" s="18"/>
+    </row>
+    <row r="89" spans="1:80" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="10">
+        <v>13.75</v>
+      </c>
+      <c r="B89" s="1">
+        <v>6.75</v>
+      </c>
+      <c r="C89" s="9">
+        <v>7</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>135</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="H89" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="J89" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K89" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L89" s="3">
+        <v>6071</v>
+      </c>
+      <c r="M89" s="24">
+        <v>84185</v>
+      </c>
+      <c r="N89" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O81" s="25">
-[...26 lines deleted...]
-      <c r="C82" s="9">
+      <c r="O89" s="24">
+        <v>339995</v>
+      </c>
+      <c r="P89" s="24">
+        <v>339995</v>
+      </c>
+      <c r="Q89" s="6">
+        <v>45</v>
+      </c>
+      <c r="R89" s="29">
+        <v>0</v>
+      </c>
+      <c r="S89" s="24">
+        <v>0</v>
+      </c>
+      <c r="T89" s="26">
+        <v>0</v>
+      </c>
+      <c r="U89" s="25">
+        <v>0</v>
+      </c>
+      <c r="V89" s="20"/>
+      <c r="W89" s="20"/>
+      <c r="X89" s="20"/>
+      <c r="Y89" s="20"/>
+      <c r="Z89" s="20"/>
+      <c r="AA89" s="20"/>
+      <c r="AB89" s="20"/>
+      <c r="AC89" s="20"/>
+      <c r="AD89" s="20"/>
+      <c r="AE89" s="20"/>
+      <c r="AF89" s="20"/>
+      <c r="AG89" s="20"/>
+      <c r="AH89" s="20"/>
+      <c r="AI89" s="20"/>
+      <c r="AJ89" s="20"/>
+      <c r="AK89" s="20"/>
+      <c r="AL89" s="20"/>
+      <c r="AM89" s="20"/>
+      <c r="AN89" s="20"/>
+      <c r="AO89" s="20"/>
+      <c r="AP89" s="20"/>
+      <c r="AQ89" s="20"/>
+      <c r="AR89" s="20"/>
+      <c r="AS89" s="20"/>
+      <c r="AT89" s="20"/>
+      <c r="AU89" s="20"/>
+      <c r="AV89" s="20"/>
+      <c r="AW89" s="20"/>
+      <c r="AX89" s="20"/>
+      <c r="AY89" s="20"/>
+      <c r="AZ89" s="20"/>
+      <c r="BA89" s="20"/>
+      <c r="BB89" s="20"/>
+      <c r="BC89" s="20"/>
+      <c r="BD89" s="20"/>
+      <c r="BE89" s="20"/>
+      <c r="BF89" s="20"/>
+      <c r="BG89" s="20"/>
+      <c r="BH89" s="20"/>
+      <c r="BI89" s="20"/>
+      <c r="BJ89" s="20"/>
+      <c r="BK89" s="20"/>
+      <c r="BL89" s="20"/>
+      <c r="BM89" s="20"/>
+      <c r="BN89" s="20"/>
+      <c r="BO89" s="20"/>
+      <c r="BP89" s="20"/>
+      <c r="BQ89" s="20"/>
+      <c r="BR89" s="20"/>
+      <c r="BS89" s="20"/>
+      <c r="BT89" s="20"/>
+      <c r="BU89" s="20"/>
+      <c r="BV89" s="20"/>
+      <c r="BW89" s="20"/>
+      <c r="BX89" s="20"/>
+      <c r="BY89" s="20"/>
+      <c r="BZ89" s="20"/>
+      <c r="CA89" s="20"/>
+      <c r="CB89" s="20"/>
+    </row>
+    <row r="90" spans="1:80" s="7" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="10">
+        <v>12.5</v>
+      </c>
+      <c r="B90" s="1">
+        <v>10.5</v>
+      </c>
+      <c r="C90" s="9">
+        <v>2</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="H90" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I90" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="J90" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K90" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L90" s="3">
+        <v>838</v>
+      </c>
+      <c r="M90" s="24">
+        <v>97031</v>
+      </c>
+      <c r="N90" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O90" s="24">
+        <v>689254</v>
+      </c>
+      <c r="P90" s="24">
+        <v>689254</v>
+      </c>
+      <c r="Q90" s="6">
+        <v>70</v>
+      </c>
+      <c r="R90" s="29">
+        <v>0.15</v>
+      </c>
+      <c r="S90" s="24">
+        <v>0</v>
+      </c>
+      <c r="T90" s="26">
+        <v>0</v>
+      </c>
+      <c r="U90" s="25">
+        <v>0</v>
+      </c>
+      <c r="V90" s="20"/>
+      <c r="W90" s="20"/>
+      <c r="X90" s="20"/>
+      <c r="Y90" s="20"/>
+      <c r="Z90" s="20"/>
+      <c r="AA90" s="20"/>
+      <c r="AB90" s="20"/>
+      <c r="AC90" s="20"/>
+      <c r="AD90" s="20"/>
+      <c r="AE90" s="20"/>
+      <c r="AF90" s="20"/>
+      <c r="AG90" s="20"/>
+      <c r="AH90" s="20"/>
+      <c r="AI90" s="20"/>
+      <c r="AJ90" s="20"/>
+      <c r="AK90" s="20"/>
+      <c r="AL90" s="20"/>
+      <c r="AM90" s="20"/>
+      <c r="AN90" s="20"/>
+      <c r="AO90" s="20"/>
+      <c r="AP90" s="20"/>
+      <c r="AQ90" s="20"/>
+      <c r="AR90" s="20"/>
+      <c r="AS90" s="20"/>
+      <c r="AT90" s="20"/>
+      <c r="AU90" s="20"/>
+      <c r="AV90" s="20"/>
+      <c r="AW90" s="20"/>
+      <c r="AX90" s="20"/>
+      <c r="AY90" s="20"/>
+      <c r="AZ90" s="20"/>
+      <c r="BA90" s="20"/>
+      <c r="BB90" s="20"/>
+      <c r="BC90" s="20"/>
+      <c r="BD90" s="20"/>
+      <c r="BE90" s="20"/>
+      <c r="BF90" s="20"/>
+      <c r="BG90" s="20"/>
+      <c r="BH90" s="20"/>
+      <c r="BI90" s="20"/>
+      <c r="BJ90" s="20"/>
+      <c r="BK90" s="20"/>
+      <c r="BL90" s="20"/>
+      <c r="BM90" s="20"/>
+      <c r="BN90" s="20"/>
+      <c r="BO90" s="20"/>
+      <c r="BP90" s="20"/>
+      <c r="BQ90" s="20"/>
+      <c r="BR90" s="20"/>
+      <c r="BS90" s="20"/>
+      <c r="BT90" s="20"/>
+      <c r="BU90" s="20"/>
+      <c r="BV90" s="20"/>
+      <c r="BW90" s="20"/>
+      <c r="BX90" s="20"/>
+      <c r="BY90" s="20"/>
+      <c r="BZ90" s="20"/>
+      <c r="CA90" s="20"/>
+      <c r="CB90" s="20"/>
+    </row>
+    <row r="91" spans="1:80" s="7" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
+      <c r="A91" s="10">
+        <v>11.25</v>
+      </c>
+      <c r="B91" s="1">
+        <v>11.25</v>
+      </c>
+      <c r="C91" s="9">
+        <v>0</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E91" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="H91" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="I91" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="J91" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K91" s="2" t="s">
+        <v>270</v>
+      </c>
+      <c r="L91" s="3">
+        <v>49886</v>
+      </c>
+      <c r="M91" s="24">
+        <v>62953</v>
+      </c>
+      <c r="N91" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O91" s="24">
+        <v>4225630</v>
+      </c>
+      <c r="P91" s="24">
+        <v>4225630</v>
+      </c>
+      <c r="Q91" s="6">
+        <v>75</v>
+      </c>
+      <c r="R91" s="29">
+        <v>0.25</v>
+      </c>
+      <c r="S91" s="24">
+        <v>0</v>
+      </c>
+      <c r="T91" s="26">
+        <v>0</v>
+      </c>
+      <c r="U91" s="25">
+        <v>0</v>
+      </c>
+      <c r="V91" s="20"/>
+      <c r="W91" s="20"/>
+      <c r="X91" s="20"/>
+      <c r="Y91" s="20"/>
+      <c r="Z91" s="20"/>
+      <c r="AA91" s="20"/>
+      <c r="AB91" s="20"/>
+      <c r="AC91" s="20"/>
+      <c r="AD91" s="20"/>
+      <c r="AE91" s="20"/>
+      <c r="AF91" s="20"/>
+      <c r="AG91" s="20"/>
+      <c r="AH91" s="20"/>
+      <c r="AI91" s="20"/>
+      <c r="AJ91" s="20"/>
+      <c r="AK91" s="20"/>
+      <c r="AL91" s="20"/>
+      <c r="AM91" s="20"/>
+      <c r="AN91" s="20"/>
+      <c r="AO91" s="20"/>
+      <c r="AP91" s="20"/>
+      <c r="AQ91" s="20"/>
+      <c r="AR91" s="20"/>
+      <c r="AS91" s="20"/>
+      <c r="AT91" s="20"/>
+      <c r="AU91" s="20"/>
+      <c r="AV91" s="20"/>
+      <c r="AW91" s="20"/>
+      <c r="AX91" s="20"/>
+      <c r="AY91" s="20"/>
+      <c r="AZ91" s="20"/>
+      <c r="BA91" s="20"/>
+      <c r="BB91" s="20"/>
+      <c r="BC91" s="20"/>
+      <c r="BD91" s="20"/>
+      <c r="BE91" s="20"/>
+      <c r="BF91" s="20"/>
+      <c r="BG91" s="20"/>
+      <c r="BH91" s="20"/>
+      <c r="BI91" s="20"/>
+      <c r="BJ91" s="20"/>
+      <c r="BK91" s="20"/>
+      <c r="BL91" s="20"/>
+      <c r="BM91" s="20"/>
+      <c r="BN91" s="20"/>
+      <c r="BO91" s="20"/>
+      <c r="BP91" s="20"/>
+      <c r="BQ91" s="20"/>
+      <c r="BR91" s="20"/>
+      <c r="BS91" s="20"/>
+      <c r="BT91" s="20"/>
+      <c r="BU91" s="20"/>
+      <c r="BV91" s="20"/>
+      <c r="BW91" s="20"/>
+      <c r="BX91" s="20"/>
+      <c r="BY91" s="20"/>
+      <c r="BZ91" s="20"/>
+      <c r="CA91" s="20"/>
+      <c r="CB91" s="20"/>
+    </row>
+    <row r="92" spans="1:80" s="21" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="10">
+        <v>11</v>
+      </c>
+      <c r="B92" s="1">
+        <v>12</v>
+      </c>
+      <c r="C92" s="9">
+        <v>-1</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="F92" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="G92" s="80" t="s">
+        <v>357</v>
+      </c>
+      <c r="H92" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I92" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="J92" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K92" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L92" s="3">
+        <v>1556</v>
+      </c>
+      <c r="M92" s="24">
+        <v>72667</v>
+      </c>
+      <c r="N92" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O92" s="24">
+        <v>1499400</v>
+      </c>
+      <c r="P92" s="24">
+        <v>1499400</v>
+      </c>
+      <c r="Q92" s="6">
+        <v>80</v>
+      </c>
+      <c r="R92" s="29">
+        <v>0.2</v>
+      </c>
+      <c r="S92" s="24">
+        <v>0</v>
+      </c>
+      <c r="T92" s="26">
+        <v>0</v>
+      </c>
+      <c r="U92" s="25">
+        <v>0</v>
+      </c>
+      <c r="V92" s="20"/>
+      <c r="W92" s="20"/>
+      <c r="X92" s="20"/>
+      <c r="Y92" s="20"/>
+      <c r="Z92" s="20"/>
+      <c r="AA92" s="20"/>
+      <c r="AB92" s="20"/>
+      <c r="AC92" s="20"/>
+      <c r="AD92" s="20"/>
+      <c r="AE92" s="20"/>
+      <c r="AF92" s="20"/>
+      <c r="AG92" s="20"/>
+      <c r="AH92" s="20"/>
+      <c r="AI92" s="20"/>
+      <c r="AJ92" s="20"/>
+      <c r="AK92" s="20"/>
+      <c r="AL92" s="20"/>
+      <c r="AM92" s="20"/>
+      <c r="AN92" s="20"/>
+      <c r="AO92" s="20"/>
+      <c r="AP92" s="20"/>
+      <c r="AQ92" s="20"/>
+      <c r="AR92" s="20"/>
+      <c r="AS92" s="20"/>
+      <c r="AT92" s="20"/>
+      <c r="AU92" s="20"/>
+      <c r="AV92" s="20"/>
+      <c r="AW92" s="20"/>
+      <c r="AX92" s="20"/>
+      <c r="AY92" s="20"/>
+      <c r="AZ92" s="20"/>
+      <c r="BA92" s="20"/>
+      <c r="BB92" s="20"/>
+      <c r="BC92" s="20"/>
+      <c r="BD92" s="20"/>
+      <c r="BE92" s="20"/>
+      <c r="BF92" s="20"/>
+      <c r="BG92" s="20"/>
+      <c r="BH92" s="20"/>
+      <c r="BI92" s="20"/>
+      <c r="BJ92" s="20"/>
+      <c r="BK92" s="20"/>
+      <c r="BL92" s="20"/>
+      <c r="BM92" s="20"/>
+      <c r="BN92" s="20"/>
+      <c r="BO92" s="20"/>
+      <c r="BP92" s="20"/>
+      <c r="BQ92" s="20"/>
+      <c r="BR92" s="20"/>
+      <c r="BS92" s="20"/>
+      <c r="BT92" s="20"/>
+      <c r="BU92" s="20"/>
+      <c r="BV92" s="20"/>
+      <c r="BW92" s="20"/>
+      <c r="BX92" s="20"/>
+      <c r="BY92" s="20"/>
+      <c r="BZ92" s="20"/>
+      <c r="CA92" s="20"/>
+      <c r="CB92" s="20"/>
+    </row>
+    <row r="93" spans="1:80" s="9" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="9">
+        <v>9.75</v>
+      </c>
+      <c r="B93" s="9">
+        <v>6.75</v>
+      </c>
+      <c r="C93" s="9">
+        <v>3</v>
+      </c>
+      <c r="D93" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="E93" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="F93" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="G93" s="9" t="s">
+        <v>368</v>
+      </c>
+      <c r="H93" s="9" t="s">
+        <v>267</v>
+      </c>
+      <c r="I93" s="9" t="s">
+        <v>302</v>
+      </c>
+      <c r="J93" s="9" t="s">
+        <v>237</v>
+      </c>
+      <c r="K93" s="9" t="s">
+        <v>274</v>
+      </c>
+      <c r="L93" s="13">
+        <v>6071</v>
+      </c>
+      <c r="M93" s="25">
+        <v>84185</v>
+      </c>
+      <c r="N93" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O93" s="25">
+        <v>581811</v>
+      </c>
+      <c r="P93" s="25">
+        <v>581811</v>
+      </c>
+      <c r="Q93" s="9">
+        <v>45</v>
+      </c>
+      <c r="R93" s="29">
+        <v>0</v>
+      </c>
+      <c r="S93" s="24">
+        <v>0</v>
+      </c>
+      <c r="T93" s="25">
+        <v>0</v>
+      </c>
+      <c r="U93" s="25">
+        <v>0</v>
+      </c>
+      <c r="V93" s="124"/>
+      <c r="W93" s="124"/>
+      <c r="X93" s="124"/>
+      <c r="Y93" s="124"/>
+      <c r="Z93" s="124"/>
+      <c r="AA93" s="124"/>
+      <c r="AB93" s="124"/>
+      <c r="AC93" s="124"/>
+      <c r="AD93" s="124"/>
+      <c r="AE93" s="124"/>
+      <c r="AF93" s="124"/>
+      <c r="AG93" s="124"/>
+      <c r="AH93" s="124"/>
+      <c r="AI93" s="124"/>
+      <c r="AJ93" s="124"/>
+      <c r="AK93" s="124"/>
+      <c r="AL93" s="124"/>
+      <c r="AM93" s="124"/>
+      <c r="AN93" s="124"/>
+      <c r="AO93" s="124"/>
+      <c r="AP93" s="124"/>
+      <c r="AQ93" s="124"/>
+      <c r="AR93" s="124"/>
+      <c r="AS93" s="124"/>
+      <c r="AT93" s="124"/>
+      <c r="AU93" s="124"/>
+      <c r="AV93" s="124"/>
+      <c r="AW93" s="124"/>
+      <c r="AX93" s="124"/>
+      <c r="AY93" s="124"/>
+      <c r="AZ93" s="124"/>
+      <c r="BA93" s="124"/>
+      <c r="BB93" s="124"/>
+      <c r="BC93" s="124"/>
+      <c r="BD93" s="124"/>
+      <c r="BE93" s="124"/>
+      <c r="BF93" s="124"/>
+      <c r="BG93" s="124"/>
+      <c r="BH93" s="124"/>
+      <c r="BI93" s="124"/>
+      <c r="BJ93" s="124"/>
+      <c r="BK93" s="124"/>
+      <c r="BL93" s="124"/>
+      <c r="BM93" s="124"/>
+      <c r="BN93" s="124"/>
+      <c r="BO93" s="124"/>
+      <c r="BP93" s="124"/>
+      <c r="BQ93" s="124"/>
+      <c r="BR93" s="124"/>
+      <c r="BS93" s="124"/>
+      <c r="BT93" s="124"/>
+      <c r="BU93" s="124"/>
+      <c r="BV93" s="124"/>
+      <c r="BW93" s="124"/>
+      <c r="BX93" s="124"/>
+      <c r="BY93" s="124"/>
+      <c r="BZ93" s="124"/>
+      <c r="CA93" s="124"/>
+      <c r="CB93" s="124"/>
+    </row>
+    <row r="94" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A94" s="10">
+        <v>7.25</v>
+      </c>
+      <c r="B94" s="1">
+        <v>5.25</v>
+      </c>
+      <c r="C94" s="9">
+        <v>2</v>
+      </c>
+      <c r="D94" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="E94" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="F94" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="G94" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="H94" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I94" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="J94" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K94" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L94" s="13">
+        <v>3224</v>
+      </c>
+      <c r="M94" s="25">
+        <v>109821</v>
+      </c>
+      <c r="N94" s="29">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="O94" s="25">
+        <v>1278490</v>
+      </c>
+      <c r="P94" s="24">
+        <v>1278490</v>
+      </c>
+      <c r="Q94" s="6">
+        <v>35</v>
+      </c>
+      <c r="R94" s="29">
+        <v>0</v>
+      </c>
+      <c r="S94" s="24">
+        <v>0</v>
+      </c>
+      <c r="T94" s="26">
+        <v>0</v>
+      </c>
+      <c r="U94" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A95" s="10">
         <v>7</v>
       </c>
-      <c r="D82" s="2" t="s">
-[...29 lines deleted...]
-      <c r="N82" s="30">
+      <c r="B95" s="1">
+        <v>3</v>
+      </c>
+      <c r="C95" s="9">
+        <v>4</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E95" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="F95" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="G95" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="H95" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I95" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="J95" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="K95" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L95" s="3">
+        <v>9676</v>
+      </c>
+      <c r="M95" s="24">
+        <v>93810</v>
+      </c>
+      <c r="N95" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O82" s="25">
-[...59 lines deleted...]
-      <c r="N83" s="30">
+      <c r="O95" s="24">
+        <v>521000</v>
+      </c>
+      <c r="P95" s="24">
+        <v>521000</v>
+      </c>
+      <c r="Q95" s="6">
+        <v>20</v>
+      </c>
+      <c r="R95" s="30">
+        <v>0</v>
+      </c>
+      <c r="S95" s="24">
+        <v>0</v>
+      </c>
+      <c r="T95" s="26">
+        <v>0</v>
+      </c>
+      <c r="U95" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:80" x14ac:dyDescent="0.3">
+      <c r="A96" s="10">
+        <v>5.75</v>
+      </c>
+      <c r="B96" s="1">
+        <v>12.75</v>
+      </c>
+      <c r="C96" s="9">
+        <v>-7</v>
+      </c>
+      <c r="D96" s="2" t="s">
+        <v>235</v>
+      </c>
+      <c r="E96" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F96" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="G96" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H96" s="2" t="s">
+        <v>267</v>
+      </c>
+      <c r="I96" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="J96" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="K96" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="L96" s="3">
+        <v>3383</v>
+      </c>
+      <c r="M96" s="24">
+        <v>66846</v>
+      </c>
+      <c r="N96" s="29">
         <v>0.55000000000000004</v>
       </c>
-      <c r="O83" s="26">
-[...897 lines deleted...]
-      <c r="R90" s="30">
+      <c r="O96" s="24">
+        <v>3215552</v>
+      </c>
+      <c r="P96" s="24">
+        <v>3215552</v>
+      </c>
+      <c r="Q96" s="6">
+        <v>85</v>
+      </c>
+      <c r="R96" s="30">
         <v>0.2</v>
       </c>
-      <c r="S90" s="26"/>
-[...2264 lines deleted...]
-      <c r="U149" s="158"/>
+      <c r="S96" s="24">
+        <v>0</v>
+      </c>
+      <c r="T96" s="26">
+        <v>0</v>
+      </c>
+      <c r="U96" s="25">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:80" s="108" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="107"/>
+      <c r="C97" s="107"/>
+      <c r="L97" s="109"/>
+      <c r="M97" s="110"/>
+      <c r="N97" s="111" t="s">
+        <v>320</v>
+      </c>
+      <c r="O97" s="110">
+        <f>SUM(O2:O96)</f>
+        <v>259998313</v>
+      </c>
+      <c r="P97" s="110">
+        <f>SUM(P2:P96)</f>
+        <v>204151259.29999995</v>
+      </c>
+      <c r="Q97" s="110"/>
+      <c r="R97" s="110"/>
+      <c r="S97" s="110">
+        <f>SUM(S2:S96)</f>
+        <v>17778793.5</v>
+      </c>
+      <c r="T97" s="110">
+        <f>SUM(T2:T96)</f>
+        <v>38068260.199999988</v>
+      </c>
+      <c r="U97" s="110">
+        <f>SUM(U2:U96)</f>
+        <v>55847053.699999996</v>
+      </c>
+      <c r="V97" s="126"/>
+      <c r="W97" s="126"/>
+      <c r="X97" s="126"/>
+      <c r="Y97" s="126"/>
+      <c r="Z97" s="126"/>
+      <c r="AA97" s="126"/>
+      <c r="AB97" s="126"/>
+      <c r="AC97" s="126"/>
+      <c r="AD97" s="126"/>
+      <c r="AE97" s="126"/>
+      <c r="AF97" s="126"/>
+      <c r="AG97" s="126"/>
+      <c r="AH97" s="126"/>
+      <c r="AI97" s="126"/>
+      <c r="AJ97" s="126"/>
+      <c r="AK97" s="126"/>
+      <c r="AL97" s="126"/>
+      <c r="AM97" s="126"/>
+      <c r="AN97" s="126"/>
+      <c r="AO97" s="126"/>
+      <c r="AP97" s="126"/>
+      <c r="AQ97" s="126"/>
+      <c r="AR97" s="126"/>
+      <c r="AS97" s="126"/>
+      <c r="AT97" s="126"/>
+      <c r="AU97" s="126"/>
+      <c r="AV97" s="126"/>
+      <c r="AW97" s="126"/>
+      <c r="AX97" s="126"/>
+      <c r="AY97" s="126"/>
+      <c r="AZ97" s="126"/>
+      <c r="BA97" s="126"/>
+      <c r="BB97" s="126"/>
+      <c r="BC97" s="126"/>
+      <c r="BD97" s="126"/>
+      <c r="BE97" s="126"/>
+      <c r="BF97" s="126"/>
+      <c r="BG97" s="126"/>
+      <c r="BH97" s="126"/>
+      <c r="BI97" s="126"/>
+      <c r="BJ97" s="126"/>
+      <c r="BK97" s="126"/>
+      <c r="BL97" s="126"/>
+      <c r="BM97" s="126"/>
+      <c r="BN97" s="126"/>
+      <c r="BO97" s="126"/>
+      <c r="BP97" s="126"/>
+      <c r="BQ97" s="126"/>
+      <c r="BR97" s="126"/>
+      <c r="BS97" s="126"/>
+      <c r="BT97" s="126"/>
+      <c r="BU97" s="126"/>
+      <c r="BV97" s="126"/>
+      <c r="BW97" s="126"/>
+      <c r="BX97" s="126"/>
+      <c r="BY97" s="126"/>
+      <c r="BZ97" s="126"/>
+      <c r="CA97" s="126"/>
+      <c r="CB97" s="126"/>
+    </row>
+    <row r="98" spans="1:80" s="19" customFormat="1" ht="3.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="99"/>
+      <c r="B98"/>
+      <c r="C98" s="100"/>
+      <c r="D98" s="99"/>
+      <c r="E98" s="99"/>
+      <c r="F98" s="99"/>
+      <c r="G98" s="99"/>
+      <c r="H98" s="99"/>
+      <c r="I98" s="99"/>
+      <c r="J98" s="99"/>
+      <c r="K98" s="99"/>
+      <c r="L98" s="101"/>
+      <c r="M98" s="102"/>
+      <c r="N98" s="103"/>
+      <c r="O98" s="102"/>
+      <c r="P98" s="102"/>
+      <c r="Q98" s="104"/>
+      <c r="R98" s="103"/>
+      <c r="S98" s="102"/>
+      <c r="T98" s="102"/>
+      <c r="U98" s="113"/>
+      <c r="V98" s="105"/>
+      <c r="W98" s="105"/>
+      <c r="X98" s="105"/>
+      <c r="Y98" s="105"/>
+      <c r="Z98" s="105"/>
+      <c r="AA98" s="105"/>
+      <c r="AB98" s="105"/>
+      <c r="AC98" s="105"/>
+      <c r="AD98" s="105"/>
+      <c r="AE98" s="105"/>
+      <c r="AF98" s="105"/>
+      <c r="AG98" s="105"/>
+      <c r="AH98" s="105"/>
+      <c r="AI98" s="105"/>
+      <c r="AJ98" s="105"/>
+      <c r="AK98" s="105"/>
+      <c r="AL98" s="105"/>
+      <c r="AM98" s="105"/>
+      <c r="AN98" s="105"/>
+      <c r="AO98" s="105"/>
+      <c r="AP98" s="105"/>
+      <c r="AQ98" s="105"/>
+      <c r="AR98" s="105"/>
+      <c r="AS98" s="105"/>
+      <c r="AT98" s="105"/>
+      <c r="AU98" s="105"/>
+      <c r="AV98" s="105"/>
+      <c r="AW98" s="105"/>
+      <c r="AX98" s="105"/>
+      <c r="AY98" s="105"/>
+      <c r="AZ98" s="105"/>
+      <c r="BA98" s="105"/>
+      <c r="BB98" s="105"/>
+      <c r="BC98" s="105"/>
+      <c r="BD98" s="105"/>
+      <c r="BE98" s="105"/>
+      <c r="BF98" s="105"/>
+      <c r="BG98" s="105"/>
+      <c r="BH98" s="105"/>
+      <c r="BI98" s="105"/>
+      <c r="BJ98" s="105"/>
+      <c r="BK98" s="105"/>
+      <c r="BL98" s="105"/>
+      <c r="BM98" s="105"/>
+      <c r="BN98" s="105"/>
+      <c r="BO98" s="105"/>
+      <c r="BP98" s="105"/>
+      <c r="BQ98" s="105"/>
+      <c r="BR98" s="105"/>
+      <c r="BS98" s="105"/>
+      <c r="BT98" s="105"/>
+      <c r="BU98" s="105"/>
+      <c r="BV98" s="105"/>
+      <c r="BW98" s="105"/>
+      <c r="BX98" s="105"/>
+      <c r="BY98" s="105"/>
+      <c r="BZ98" s="105"/>
+      <c r="CA98" s="105"/>
+      <c r="CB98" s="105"/>
+    </row>
+    <row r="99" spans="1:80" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="177" t="s">
+        <v>338</v>
+      </c>
+      <c r="B99" s="177"/>
+      <c r="C99" s="177"/>
+      <c r="D99" s="177"/>
+      <c r="E99" s="177"/>
+      <c r="F99" s="177"/>
+      <c r="G99" s="177"/>
+      <c r="H99" s="177"/>
+      <c r="I99" s="177"/>
+      <c r="J99" s="177"/>
+      <c r="K99" s="177"/>
+      <c r="L99" s="177"/>
+      <c r="M99" s="177"/>
+      <c r="N99" s="177"/>
+      <c r="O99" s="177"/>
+      <c r="P99" s="177"/>
+      <c r="Q99" s="177"/>
+      <c r="R99" s="177"/>
+      <c r="S99" s="177"/>
+      <c r="T99" s="177"/>
+      <c r="U99" s="177"/>
+      <c r="V99" s="127"/>
+      <c r="W99" s="127"/>
+      <c r="X99" s="127"/>
+      <c r="Y99" s="127"/>
+      <c r="Z99" s="127"/>
+      <c r="AA99" s="127"/>
+      <c r="AB99" s="127"/>
+      <c r="AC99" s="127"/>
+      <c r="AD99" s="127"/>
+      <c r="AE99" s="127"/>
+      <c r="AF99" s="127"/>
+      <c r="AG99" s="127"/>
+      <c r="AH99" s="127"/>
+      <c r="AI99" s="127"/>
+      <c r="AJ99" s="127"/>
+      <c r="AK99" s="127"/>
+      <c r="AL99" s="127"/>
+      <c r="AM99" s="127"/>
+      <c r="AN99" s="127"/>
+      <c r="AO99" s="127"/>
+      <c r="AP99" s="127"/>
+      <c r="AQ99" s="127"/>
+      <c r="AR99" s="127"/>
+      <c r="AS99" s="127"/>
+      <c r="AT99" s="127"/>
+      <c r="AU99" s="127"/>
+      <c r="AV99" s="127"/>
+      <c r="AW99" s="127"/>
+      <c r="AX99" s="127"/>
+      <c r="AY99" s="127"/>
+      <c r="AZ99" s="127"/>
+      <c r="BA99" s="127"/>
+      <c r="BB99" s="127"/>
+      <c r="BC99" s="127"/>
+      <c r="BD99" s="127"/>
+      <c r="BE99" s="127"/>
+      <c r="BF99" s="127"/>
+      <c r="BG99" s="127"/>
+      <c r="BH99" s="127"/>
+      <c r="BI99" s="127"/>
+      <c r="BJ99" s="127"/>
+      <c r="BK99" s="127"/>
+      <c r="BL99" s="127"/>
+      <c r="BM99" s="127"/>
+      <c r="BN99" s="127"/>
+      <c r="BO99" s="127"/>
+      <c r="BP99" s="127"/>
+      <c r="BQ99" s="127"/>
+      <c r="BR99" s="127"/>
+      <c r="BS99" s="127"/>
+      <c r="BT99" s="127"/>
+      <c r="BU99" s="127"/>
+      <c r="BV99" s="127"/>
+      <c r="BW99" s="127"/>
+      <c r="BX99" s="127"/>
+      <c r="BY99" s="127"/>
+      <c r="BZ99" s="127"/>
+      <c r="CA99" s="127"/>
+      <c r="CB99" s="127"/>
+    </row>
+    <row r="100" spans="1:80" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="178" t="s">
+        <v>382</v>
+      </c>
+      <c r="B100" s="178"/>
+      <c r="C100" s="178"/>
+      <c r="D100" s="178"/>
+      <c r="E100" s="178"/>
+      <c r="F100" s="178"/>
+      <c r="G100" s="178"/>
+      <c r="H100" s="178"/>
+      <c r="I100" s="178"/>
+      <c r="J100" s="178"/>
+      <c r="K100" s="178"/>
+      <c r="L100" s="178"/>
+      <c r="M100" s="178"/>
+      <c r="N100" s="178"/>
+      <c r="O100" s="178"/>
+      <c r="P100" s="178"/>
+      <c r="Q100" s="178"/>
+      <c r="R100" s="178"/>
+      <c r="S100" s="178"/>
+      <c r="T100" s="178"/>
+      <c r="U100" s="178"/>
+      <c r="V100" s="127"/>
+      <c r="W100" s="127"/>
+      <c r="X100" s="127"/>
+      <c r="Y100" s="127"/>
+      <c r="Z100" s="127"/>
+      <c r="AA100" s="127"/>
+      <c r="AB100" s="127"/>
+      <c r="AC100" s="127"/>
+      <c r="AD100" s="127"/>
+      <c r="AE100" s="127"/>
+      <c r="AF100" s="127"/>
+      <c r="AG100" s="127"/>
+      <c r="AH100" s="127"/>
+      <c r="AI100" s="127"/>
+      <c r="AJ100" s="127"/>
+      <c r="AK100" s="127"/>
+      <c r="AL100" s="127"/>
+      <c r="AM100" s="127"/>
+      <c r="AN100" s="127"/>
+      <c r="AO100" s="127"/>
+      <c r="AP100" s="127"/>
+      <c r="AQ100" s="127"/>
+      <c r="AR100" s="127"/>
+      <c r="AS100" s="127"/>
+      <c r="AT100" s="127"/>
+      <c r="AU100" s="127"/>
+      <c r="AV100" s="127"/>
+      <c r="AW100" s="127"/>
+      <c r="AX100" s="127"/>
+      <c r="AY100" s="127"/>
+      <c r="AZ100" s="127"/>
+      <c r="BA100" s="127"/>
+      <c r="BB100" s="127"/>
+      <c r="BC100" s="127"/>
+      <c r="BD100" s="127"/>
+      <c r="BE100" s="127"/>
+      <c r="BF100" s="127"/>
+      <c r="BG100" s="127"/>
+      <c r="BH100" s="127"/>
+      <c r="BI100" s="127"/>
+      <c r="BJ100" s="127"/>
+      <c r="BK100" s="127"/>
+      <c r="BL100" s="127"/>
+      <c r="BM100" s="127"/>
+      <c r="BN100" s="127"/>
+      <c r="BO100" s="127"/>
+      <c r="BP100" s="127"/>
+      <c r="BQ100" s="127"/>
+      <c r="BR100" s="127"/>
+      <c r="BS100" s="127"/>
+      <c r="BT100" s="127"/>
+      <c r="BU100" s="127"/>
+      <c r="BV100" s="127"/>
+      <c r="BW100" s="127"/>
+      <c r="BX100" s="127"/>
+      <c r="BY100" s="127"/>
+      <c r="BZ100" s="127"/>
+      <c r="CA100" s="127"/>
+      <c r="CB100" s="127"/>
+    </row>
+    <row r="101" spans="1:80" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A101" s="179" t="s">
+        <v>339</v>
+      </c>
+      <c r="B101" s="179"/>
+      <c r="C101" s="179"/>
+      <c r="D101" s="179"/>
+      <c r="E101" s="179"/>
+      <c r="F101" s="179"/>
+      <c r="G101" s="179"/>
+      <c r="H101" s="179"/>
+      <c r="I101" s="179"/>
+      <c r="J101" s="179"/>
+      <c r="K101" s="179"/>
+      <c r="L101" s="179"/>
+      <c r="M101" s="179"/>
+      <c r="N101" s="179"/>
+      <c r="O101" s="179"/>
+      <c r="P101" s="179"/>
+      <c r="Q101" s="179"/>
+      <c r="R101" s="179"/>
+      <c r="S101" s="179"/>
+      <c r="T101" s="179"/>
+      <c r="U101" s="179"/>
+      <c r="V101" s="127"/>
+      <c r="W101" s="127"/>
+      <c r="X101" s="127"/>
+      <c r="Y101" s="127"/>
+      <c r="Z101" s="127"/>
+      <c r="AA101" s="127"/>
+      <c r="AB101" s="127"/>
+      <c r="AC101" s="127"/>
+      <c r="AD101" s="127"/>
+      <c r="AE101" s="127"/>
+      <c r="AF101" s="127"/>
+      <c r="AG101" s="127"/>
+      <c r="AH101" s="127"/>
+      <c r="AI101" s="127"/>
+      <c r="AJ101" s="127"/>
+      <c r="AK101" s="127"/>
+      <c r="AL101" s="127"/>
+      <c r="AM101" s="127"/>
+      <c r="AN101" s="127"/>
+      <c r="AO101" s="127"/>
+      <c r="AP101" s="127"/>
+      <c r="AQ101" s="127"/>
+      <c r="AR101" s="127"/>
+      <c r="AS101" s="127"/>
+      <c r="AT101" s="127"/>
+      <c r="AU101" s="127"/>
+      <c r="AV101" s="127"/>
+      <c r="AW101" s="127"/>
+      <c r="AX101" s="127"/>
+      <c r="AY101" s="127"/>
+      <c r="AZ101" s="127"/>
+      <c r="BA101" s="127"/>
+      <c r="BB101" s="127"/>
+      <c r="BC101" s="127"/>
+      <c r="BD101" s="127"/>
+      <c r="BE101" s="127"/>
+      <c r="BF101" s="127"/>
+      <c r="BG101" s="127"/>
+      <c r="BH101" s="127"/>
+      <c r="BI101" s="127"/>
+      <c r="BJ101" s="127"/>
+      <c r="BK101" s="127"/>
+      <c r="BL101" s="127"/>
+      <c r="BM101" s="127"/>
+      <c r="BN101" s="127"/>
+      <c r="BO101" s="127"/>
+      <c r="BP101" s="127"/>
+      <c r="BQ101" s="127"/>
+      <c r="BR101" s="127"/>
+      <c r="BS101" s="127"/>
+      <c r="BT101" s="127"/>
+      <c r="BU101" s="127"/>
+      <c r="BV101" s="127"/>
+      <c r="BW101" s="127"/>
+      <c r="BX101" s="127"/>
+      <c r="BY101" s="127"/>
+      <c r="BZ101" s="127"/>
+      <c r="CA101" s="127"/>
+      <c r="CB101" s="127"/>
+    </row>
+    <row r="102" spans="1:80" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A102" s="176" t="s">
+        <v>340</v>
+      </c>
+      <c r="B102" s="176"/>
+      <c r="C102" s="176"/>
+      <c r="D102" s="176"/>
+      <c r="E102" s="176"/>
+      <c r="F102" s="176"/>
+      <c r="G102" s="176"/>
+      <c r="H102" s="176"/>
+      <c r="I102" s="176"/>
+      <c r="J102" s="176"/>
+      <c r="K102" s="176"/>
+      <c r="L102" s="176"/>
+      <c r="M102" s="176"/>
+      <c r="N102" s="176"/>
+      <c r="O102" s="176"/>
+      <c r="P102" s="176"/>
+      <c r="Q102" s="176"/>
+      <c r="R102" s="176"/>
+      <c r="S102" s="176"/>
+      <c r="T102" s="176"/>
+      <c r="U102" s="176"/>
+      <c r="V102" s="127"/>
+      <c r="W102" s="127"/>
+      <c r="X102" s="127"/>
+      <c r="Y102" s="127"/>
+      <c r="Z102" s="127"/>
+      <c r="AA102" s="127"/>
+      <c r="AB102" s="127"/>
+      <c r="AC102" s="127"/>
+      <c r="AD102" s="127"/>
+      <c r="AE102" s="127"/>
+      <c r="AF102" s="127"/>
+      <c r="AG102" s="127"/>
+      <c r="AH102" s="127"/>
+      <c r="AI102" s="127"/>
+      <c r="AJ102" s="127"/>
+      <c r="AK102" s="127"/>
+      <c r="AL102" s="127"/>
+      <c r="AM102" s="127"/>
+      <c r="AN102" s="127"/>
+      <c r="AO102" s="127"/>
+      <c r="AP102" s="127"/>
+      <c r="AQ102" s="127"/>
+      <c r="AR102" s="127"/>
+      <c r="AS102" s="127"/>
+      <c r="AT102" s="127"/>
+      <c r="AU102" s="127"/>
+      <c r="AV102" s="127"/>
+      <c r="AW102" s="127"/>
+      <c r="AX102" s="127"/>
+      <c r="AY102" s="127"/>
+      <c r="AZ102" s="127"/>
+      <c r="BA102" s="127"/>
+      <c r="BB102" s="127"/>
+      <c r="BC102" s="127"/>
+      <c r="BD102" s="127"/>
+      <c r="BE102" s="127"/>
+      <c r="BF102" s="127"/>
+      <c r="BG102" s="127"/>
+      <c r="BH102" s="127"/>
+      <c r="BI102" s="127"/>
+      <c r="BJ102" s="127"/>
+      <c r="BK102" s="127"/>
+      <c r="BL102" s="127"/>
+      <c r="BM102" s="127"/>
+      <c r="BN102" s="127"/>
+      <c r="BO102" s="127"/>
+      <c r="BP102" s="127"/>
+      <c r="BQ102" s="127"/>
+      <c r="BR102" s="127"/>
+      <c r="BS102" s="127"/>
+      <c r="BT102" s="127"/>
+      <c r="BU102" s="127"/>
+      <c r="BV102" s="127"/>
+      <c r="BW102" s="127"/>
+      <c r="BX102" s="127"/>
+      <c r="BY102" s="127"/>
+      <c r="BZ102" s="127"/>
+      <c r="CA102" s="127"/>
+      <c r="CB102" s="127"/>
+    </row>
+    <row r="103" spans="1:80" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A103" s="176" t="s">
+        <v>341</v>
+      </c>
+      <c r="B103" s="176"/>
+      <c r="C103" s="176"/>
+      <c r="D103" s="176"/>
+      <c r="E103" s="176"/>
+      <c r="F103" s="176"/>
+      <c r="G103" s="176"/>
+      <c r="H103" s="176"/>
+      <c r="I103" s="176"/>
+      <c r="J103" s="176"/>
+      <c r="K103" s="176"/>
+      <c r="L103" s="176"/>
+      <c r="M103" s="176"/>
+      <c r="N103" s="176"/>
+      <c r="O103" s="176"/>
+      <c r="P103" s="176"/>
+      <c r="Q103" s="176"/>
+      <c r="R103" s="176"/>
+      <c r="S103" s="176"/>
+      <c r="T103" s="176"/>
+      <c r="U103" s="176"/>
+      <c r="V103" s="127"/>
+      <c r="W103" s="127"/>
+      <c r="X103" s="127"/>
+      <c r="Y103" s="127"/>
+      <c r="Z103" s="127"/>
+      <c r="AA103" s="127"/>
+      <c r="AB103" s="127"/>
+      <c r="AC103" s="127"/>
+      <c r="AD103" s="127"/>
+      <c r="AE103" s="127"/>
+      <c r="AF103" s="127"/>
+      <c r="AG103" s="127"/>
+      <c r="AH103" s="127"/>
+      <c r="AI103" s="127"/>
+      <c r="AJ103" s="127"/>
+      <c r="AK103" s="127"/>
+      <c r="AL103" s="127"/>
+      <c r="AM103" s="127"/>
+      <c r="AN103" s="127"/>
+      <c r="AO103" s="127"/>
+      <c r="AP103" s="127"/>
+      <c r="AQ103" s="127"/>
+      <c r="AR103" s="127"/>
+      <c r="AS103" s="127"/>
+      <c r="AT103" s="127"/>
+      <c r="AU103" s="127"/>
+      <c r="AV103" s="127"/>
+      <c r="AW103" s="127"/>
+      <c r="AX103" s="127"/>
+      <c r="AY103" s="127"/>
+      <c r="AZ103" s="127"/>
+      <c r="BA103" s="127"/>
+      <c r="BB103" s="127"/>
+      <c r="BC103" s="127"/>
+      <c r="BD103" s="127"/>
+      <c r="BE103" s="127"/>
+      <c r="BF103" s="127"/>
+      <c r="BG103" s="127"/>
+      <c r="BH103" s="127"/>
+      <c r="BI103" s="127"/>
+      <c r="BJ103" s="127"/>
+      <c r="BK103" s="127"/>
+      <c r="BL103" s="127"/>
+      <c r="BM103" s="127"/>
+      <c r="BN103" s="127"/>
+      <c r="BO103" s="127"/>
+      <c r="BP103" s="127"/>
+      <c r="BQ103" s="127"/>
+      <c r="BR103" s="127"/>
+      <c r="BS103" s="127"/>
+      <c r="BT103" s="127"/>
+      <c r="BU103" s="127"/>
+      <c r="BV103" s="127"/>
+      <c r="BW103" s="127"/>
+      <c r="BX103" s="127"/>
+      <c r="BY103" s="127"/>
+      <c r="BZ103" s="127"/>
+      <c r="CA103" s="127"/>
+      <c r="CB103" s="127"/>
+    </row>
+    <row r="104" spans="1:80" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A104" s="176" t="s">
+        <v>342</v>
+      </c>
+      <c r="B104" s="176"/>
+      <c r="C104" s="176"/>
+      <c r="D104" s="176"/>
+      <c r="E104" s="176"/>
+      <c r="F104" s="176"/>
+      <c r="G104" s="176"/>
+      <c r="H104" s="176"/>
+      <c r="I104" s="176"/>
+      <c r="J104" s="176"/>
+      <c r="K104" s="176"/>
+      <c r="L104" s="176"/>
+      <c r="M104" s="176"/>
+      <c r="N104" s="176"/>
+      <c r="O104" s="176"/>
+      <c r="P104" s="176"/>
+      <c r="Q104" s="176"/>
+      <c r="R104" s="176"/>
+      <c r="S104" s="176"/>
+      <c r="T104" s="176"/>
+      <c r="U104" s="176"/>
+      <c r="V104" s="127"/>
+      <c r="W104" s="127"/>
+      <c r="X104" s="127"/>
+      <c r="Y104" s="127"/>
+      <c r="Z104" s="127"/>
+      <c r="AA104" s="127"/>
+      <c r="AB104" s="127"/>
+      <c r="AC104" s="127"/>
+      <c r="AD104" s="127"/>
+      <c r="AE104" s="127"/>
+      <c r="AF104" s="127"/>
+      <c r="AG104" s="127"/>
+      <c r="AH104" s="127"/>
+      <c r="AI104" s="127"/>
+      <c r="AJ104" s="127"/>
+      <c r="AK104" s="127"/>
+      <c r="AL104" s="127"/>
+      <c r="AM104" s="127"/>
+      <c r="AN104" s="127"/>
+      <c r="AO104" s="127"/>
+      <c r="AP104" s="127"/>
+      <c r="AQ104" s="127"/>
+      <c r="AR104" s="127"/>
+      <c r="AS104" s="127"/>
+      <c r="AT104" s="127"/>
+      <c r="AU104" s="127"/>
+      <c r="AV104" s="127"/>
+      <c r="AW104" s="127"/>
+      <c r="AX104" s="127"/>
+      <c r="AY104" s="127"/>
+      <c r="AZ104" s="127"/>
+      <c r="BA104" s="127"/>
+      <c r="BB104" s="127"/>
+      <c r="BC104" s="127"/>
+      <c r="BD104" s="127"/>
+      <c r="BE104" s="127"/>
+      <c r="BF104" s="127"/>
+      <c r="BG104" s="127"/>
+      <c r="BH104" s="127"/>
+      <c r="BI104" s="127"/>
+      <c r="BJ104" s="127"/>
+      <c r="BK104" s="127"/>
+      <c r="BL104" s="127"/>
+      <c r="BM104" s="127"/>
+      <c r="BN104" s="127"/>
+      <c r="BO104" s="127"/>
+      <c r="BP104" s="127"/>
+      <c r="BQ104" s="127"/>
+      <c r="BR104" s="127"/>
+      <c r="BS104" s="127"/>
+      <c r="BT104" s="127"/>
+      <c r="BU104" s="127"/>
+      <c r="BV104" s="127"/>
+      <c r="BW104" s="127"/>
+      <c r="BX104" s="127"/>
+      <c r="BY104" s="127"/>
+      <c r="BZ104" s="127"/>
+      <c r="CA104" s="127"/>
+      <c r="CB104" s="127"/>
+    </row>
+    <row r="105" spans="1:80" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A105" s="176" t="s">
+        <v>343</v>
+      </c>
+      <c r="B105" s="176"/>
+      <c r="C105" s="176"/>
+      <c r="D105" s="176"/>
+      <c r="E105" s="176"/>
+      <c r="F105" s="176"/>
+      <c r="G105" s="176"/>
+      <c r="H105" s="176"/>
+      <c r="I105" s="176"/>
+      <c r="J105" s="176"/>
+      <c r="K105" s="176"/>
+      <c r="L105" s="176"/>
+      <c r="M105" s="176"/>
+      <c r="N105" s="176"/>
+      <c r="O105" s="176"/>
+      <c r="P105" s="176"/>
+      <c r="Q105" s="176"/>
+      <c r="R105" s="176"/>
+      <c r="S105" s="176"/>
+      <c r="T105" s="176"/>
+      <c r="U105" s="176"/>
+      <c r="V105" s="127"/>
+      <c r="W105" s="127"/>
+      <c r="X105" s="127"/>
+      <c r="Y105" s="127"/>
+      <c r="Z105" s="127"/>
+      <c r="AA105" s="127"/>
+      <c r="AB105" s="127"/>
+      <c r="AC105" s="127"/>
+      <c r="AD105" s="127"/>
+      <c r="AE105" s="127"/>
+      <c r="AF105" s="127"/>
+      <c r="AG105" s="127"/>
+      <c r="AH105" s="127"/>
+      <c r="AI105" s="127"/>
+      <c r="AJ105" s="127"/>
+      <c r="AK105" s="127"/>
+      <c r="AL105" s="127"/>
+      <c r="AM105" s="127"/>
+      <c r="AN105" s="127"/>
+      <c r="AO105" s="127"/>
+      <c r="AP105" s="127"/>
+      <c r="AQ105" s="127"/>
+      <c r="AR105" s="127"/>
+      <c r="AS105" s="127"/>
+      <c r="AT105" s="127"/>
+      <c r="AU105" s="127"/>
+      <c r="AV105" s="127"/>
+      <c r="AW105" s="127"/>
+      <c r="AX105" s="127"/>
+      <c r="AY105" s="127"/>
+      <c r="AZ105" s="127"/>
+      <c r="BA105" s="127"/>
+      <c r="BB105" s="127"/>
+      <c r="BC105" s="127"/>
+      <c r="BD105" s="127"/>
+      <c r="BE105" s="127"/>
+      <c r="BF105" s="127"/>
+      <c r="BG105" s="127"/>
+      <c r="BH105" s="127"/>
+      <c r="BI105" s="127"/>
+      <c r="BJ105" s="127"/>
+      <c r="BK105" s="127"/>
+      <c r="BL105" s="127"/>
+      <c r="BM105" s="127"/>
+      <c r="BN105" s="127"/>
+      <c r="BO105" s="127"/>
+      <c r="BP105" s="127"/>
+      <c r="BQ105" s="127"/>
+      <c r="BR105" s="127"/>
+      <c r="BS105" s="127"/>
+      <c r="BT105" s="127"/>
+      <c r="BU105" s="127"/>
+      <c r="BV105" s="127"/>
+      <c r="BW105" s="127"/>
+      <c r="BX105" s="127"/>
+      <c r="BY105" s="127"/>
+      <c r="BZ105" s="127"/>
+      <c r="CA105" s="127"/>
+      <c r="CB105" s="127"/>
+    </row>
+    <row r="106" spans="1:80" customFormat="1" ht="15" x14ac:dyDescent="0.3">
+      <c r="A106" s="176" t="s">
+        <v>344</v>
+      </c>
+      <c r="B106" s="176"/>
+      <c r="C106" s="176"/>
+      <c r="D106" s="176"/>
+      <c r="E106" s="176"/>
+      <c r="F106" s="176"/>
+      <c r="G106" s="176"/>
+      <c r="H106" s="176"/>
+      <c r="I106" s="176"/>
+      <c r="J106" s="176"/>
+      <c r="K106" s="176"/>
+      <c r="L106" s="176"/>
+      <c r="M106" s="176"/>
+      <c r="N106" s="176"/>
+      <c r="O106" s="176"/>
+      <c r="P106" s="176"/>
+      <c r="Q106" s="176"/>
+      <c r="R106" s="176"/>
+      <c r="S106" s="176"/>
+      <c r="T106" s="176"/>
+      <c r="U106" s="176"/>
+      <c r="V106" s="127"/>
+      <c r="W106" s="127"/>
+      <c r="X106" s="127"/>
+      <c r="Y106" s="127"/>
+      <c r="Z106" s="127"/>
+      <c r="AA106" s="127"/>
+      <c r="AB106" s="127"/>
+      <c r="AC106" s="127"/>
+      <c r="AD106" s="127"/>
+      <c r="AE106" s="127"/>
+      <c r="AF106" s="127"/>
+      <c r="AG106" s="127"/>
+      <c r="AH106" s="127"/>
+      <c r="AI106" s="127"/>
+      <c r="AJ106" s="127"/>
+      <c r="AK106" s="127"/>
+      <c r="AL106" s="127"/>
+      <c r="AM106" s="127"/>
+      <c r="AN106" s="127"/>
+      <c r="AO106" s="127"/>
+      <c r="AP106" s="127"/>
+      <c r="AQ106" s="127"/>
+      <c r="AR106" s="127"/>
+      <c r="AS106" s="127"/>
+      <c r="AT106" s="127"/>
+      <c r="AU106" s="127"/>
+      <c r="AV106" s="127"/>
+      <c r="AW106" s="127"/>
+      <c r="AX106" s="127"/>
+      <c r="AY106" s="127"/>
+      <c r="AZ106" s="127"/>
+      <c r="BA106" s="127"/>
+      <c r="BB106" s="127"/>
+      <c r="BC106" s="127"/>
+      <c r="BD106" s="127"/>
+      <c r="BE106" s="127"/>
+      <c r="BF106" s="127"/>
+      <c r="BG106" s="127"/>
+      <c r="BH106" s="127"/>
+      <c r="BI106" s="127"/>
+      <c r="BJ106" s="127"/>
+      <c r="BK106" s="127"/>
+      <c r="BL106" s="127"/>
+      <c r="BM106" s="127"/>
+      <c r="BN106" s="127"/>
+      <c r="BO106" s="127"/>
+      <c r="BP106" s="127"/>
+      <c r="BQ106" s="127"/>
+      <c r="BR106" s="127"/>
+      <c r="BS106" s="127"/>
+      <c r="BT106" s="127"/>
+      <c r="BU106" s="127"/>
+      <c r="BV106" s="127"/>
+      <c r="BW106" s="127"/>
+      <c r="BX106" s="127"/>
+      <c r="BY106" s="127"/>
+      <c r="BZ106" s="127"/>
+      <c r="CA106" s="127"/>
+      <c r="CB106" s="127"/>
+    </row>
+    <row r="107" spans="1:80" ht="15" x14ac:dyDescent="0.3">
+      <c r="A107" s="176" t="s">
+        <v>375</v>
+      </c>
+      <c r="B107" s="176"/>
+      <c r="C107" s="176"/>
+      <c r="D107" s="176"/>
+      <c r="E107" s="176"/>
+      <c r="F107" s="176"/>
+      <c r="G107" s="176"/>
+      <c r="H107" s="176"/>
+      <c r="I107" s="176"/>
+      <c r="J107" s="176"/>
+      <c r="K107" s="176"/>
+      <c r="L107" s="176"/>
+      <c r="M107" s="176"/>
+      <c r="N107" s="176"/>
+      <c r="O107" s="176"/>
+      <c r="P107" s="176"/>
+      <c r="Q107" s="176"/>
+      <c r="R107" s="176"/>
+      <c r="S107" s="176"/>
+      <c r="T107" s="176"/>
+      <c r="U107" s="176"/>
+    </row>
+    <row r="108" spans="1:80" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B108" s="127"/>
+      <c r="C108" s="124"/>
+      <c r="L108" s="128"/>
+      <c r="M108" s="129"/>
+      <c r="N108" s="130"/>
+      <c r="O108" s="152"/>
+      <c r="P108" s="152"/>
+      <c r="Q108" s="152"/>
+      <c r="R108" s="152"/>
+      <c r="S108" s="152"/>
+      <c r="T108" s="152"/>
+      <c r="U108" s="152"/>
+    </row>
+    <row r="109" spans="1:80" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B109" s="127"/>
+      <c r="C109" s="124"/>
+      <c r="L109" s="128"/>
+      <c r="M109" s="129"/>
+      <c r="N109" s="130"/>
+      <c r="O109" s="140"/>
+      <c r="P109" s="140"/>
+      <c r="Q109" s="140"/>
+      <c r="R109" s="140"/>
+      <c r="S109" s="140"/>
+      <c r="T109" s="129"/>
+      <c r="U109" s="152"/>
+    </row>
+    <row r="110" spans="1:80" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B110" s="127"/>
+      <c r="C110" s="124"/>
+      <c r="L110" s="128"/>
+      <c r="M110" s="129"/>
+      <c r="N110" s="130"/>
+      <c r="O110" s="129"/>
+      <c r="P110" s="129"/>
+      <c r="R110" s="130"/>
+      <c r="S110" s="129"/>
+      <c r="T110" s="131"/>
+      <c r="U110" s="153"/>
+    </row>
+    <row r="111" spans="1:80" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B111" s="127"/>
+      <c r="C111" s="124"/>
+      <c r="L111" s="128"/>
+      <c r="M111" s="129"/>
+      <c r="N111" s="130"/>
+      <c r="O111" s="129"/>
+      <c r="P111" s="129"/>
+      <c r="R111" s="130"/>
+      <c r="S111" s="129"/>
+      <c r="T111" s="124"/>
+      <c r="U111" s="131"/>
+    </row>
+    <row r="112" spans="1:80" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B112" s="127"/>
+      <c r="C112" s="124"/>
+      <c r="L112" s="128"/>
+      <c r="M112" s="129"/>
+      <c r="N112" s="130"/>
+      <c r="O112" s="129"/>
+      <c r="P112" s="129"/>
+      <c r="R112" s="130"/>
+      <c r="S112" s="129"/>
+      <c r="T112" s="131"/>
+      <c r="U112" s="131"/>
+    </row>
+    <row r="113" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B113" s="127"/>
+      <c r="C113" s="124"/>
+      <c r="L113" s="128"/>
+      <c r="M113" s="129"/>
+      <c r="N113" s="130"/>
+      <c r="O113" s="129"/>
+      <c r="P113" s="129"/>
+      <c r="R113" s="130"/>
+      <c r="S113" s="129"/>
+      <c r="T113" s="131"/>
+      <c r="U113" s="131"/>
+    </row>
+    <row r="114" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B114" s="127"/>
+      <c r="C114" s="124"/>
+      <c r="L114" s="128"/>
+      <c r="M114" s="129"/>
+      <c r="N114" s="130"/>
+      <c r="O114" s="129"/>
+      <c r="P114" s="129"/>
+      <c r="R114" s="130"/>
+      <c r="S114" s="129"/>
+      <c r="T114" s="131"/>
+      <c r="U114" s="131"/>
+    </row>
+    <row r="115" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B115" s="127"/>
+      <c r="C115" s="124"/>
+      <c r="L115" s="128"/>
+      <c r="M115" s="129"/>
+      <c r="N115" s="130"/>
+      <c r="O115" s="129"/>
+      <c r="P115" s="129"/>
+      <c r="R115" s="130"/>
+      <c r="S115" s="129"/>
+      <c r="T115" s="129"/>
+      <c r="U115" s="131"/>
+    </row>
+    <row r="116" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B116" s="127"/>
+      <c r="C116" s="124"/>
+      <c r="L116" s="128"/>
+      <c r="M116" s="129"/>
+      <c r="N116" s="130"/>
+      <c r="O116" s="129"/>
+      <c r="P116" s="129"/>
+      <c r="R116" s="130"/>
+      <c r="S116" s="129"/>
+      <c r="T116" s="129"/>
+      <c r="U116" s="131"/>
+    </row>
+    <row r="117" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B117" s="127"/>
+      <c r="C117" s="124"/>
+      <c r="L117" s="128"/>
+      <c r="M117" s="129"/>
+      <c r="N117" s="130"/>
+      <c r="O117" s="129"/>
+      <c r="P117" s="129"/>
+      <c r="R117" s="130"/>
+      <c r="S117" s="129"/>
+      <c r="T117" s="129"/>
+      <c r="U117" s="131"/>
+    </row>
+    <row r="118" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B118" s="127"/>
+      <c r="C118" s="124"/>
+      <c r="L118" s="128"/>
+      <c r="M118" s="129"/>
+      <c r="N118" s="130"/>
+      <c r="O118" s="129"/>
+      <c r="P118" s="129"/>
+      <c r="R118" s="130"/>
+      <c r="S118" s="129"/>
+      <c r="T118" s="129"/>
+      <c r="U118" s="131"/>
+    </row>
+    <row r="119" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B119" s="127"/>
+      <c r="C119" s="124"/>
+      <c r="L119" s="128"/>
+      <c r="M119" s="129"/>
+      <c r="N119" s="130"/>
+      <c r="O119" s="129"/>
+      <c r="P119" s="129"/>
+      <c r="R119" s="130"/>
+      <c r="S119" s="129"/>
+      <c r="T119" s="129"/>
+      <c r="U119" s="131"/>
+    </row>
+    <row r="120" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B120" s="127"/>
+      <c r="C120" s="124"/>
+      <c r="L120" s="128"/>
+      <c r="M120" s="129"/>
+      <c r="N120" s="130"/>
+      <c r="O120" s="129"/>
+      <c r="P120" s="129"/>
+      <c r="R120" s="130"/>
+      <c r="S120" s="129"/>
+      <c r="T120" s="129"/>
+      <c r="U120" s="131"/>
+    </row>
+    <row r="121" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B121" s="127"/>
+      <c r="C121" s="124"/>
+      <c r="L121" s="128"/>
+      <c r="M121" s="129"/>
+      <c r="N121" s="130"/>
+      <c r="O121" s="129"/>
+      <c r="P121" s="129"/>
+      <c r="R121" s="130"/>
+      <c r="S121" s="129"/>
+      <c r="T121" s="129"/>
+      <c r="U121" s="131"/>
+    </row>
+    <row r="122" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B122" s="127"/>
+      <c r="C122" s="124"/>
+      <c r="L122" s="128"/>
+      <c r="M122" s="129"/>
+      <c r="N122" s="130"/>
+      <c r="O122" s="129"/>
+      <c r="P122" s="129"/>
+      <c r="R122" s="130"/>
+      <c r="S122" s="129"/>
+      <c r="T122" s="129"/>
+      <c r="U122" s="131"/>
+    </row>
+    <row r="123" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B123" s="127"/>
+      <c r="C123" s="124"/>
+      <c r="L123" s="128"/>
+      <c r="M123" s="129"/>
+      <c r="N123" s="130"/>
+      <c r="O123" s="129"/>
+      <c r="P123" s="129"/>
+      <c r="R123" s="130"/>
+      <c r="S123" s="129"/>
+      <c r="T123" s="129"/>
+      <c r="U123" s="131"/>
+    </row>
+    <row r="124" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B124" s="127"/>
+      <c r="C124" s="124"/>
+      <c r="L124" s="128"/>
+      <c r="M124" s="129"/>
+      <c r="N124" s="130"/>
+      <c r="O124" s="129"/>
+      <c r="P124" s="129"/>
+      <c r="R124" s="130"/>
+      <c r="S124" s="129"/>
+      <c r="T124" s="129"/>
+      <c r="U124" s="131"/>
+    </row>
+    <row r="125" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B125" s="127"/>
+      <c r="C125" s="124"/>
+      <c r="L125" s="128"/>
+      <c r="M125" s="129"/>
+      <c r="N125" s="130"/>
+      <c r="O125" s="129"/>
+      <c r="P125" s="129"/>
+      <c r="R125" s="130"/>
+      <c r="S125" s="129"/>
+      <c r="T125" s="129"/>
+      <c r="U125" s="131"/>
+    </row>
+    <row r="126" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B126" s="127"/>
+      <c r="C126" s="124"/>
+      <c r="L126" s="128"/>
+      <c r="M126" s="129"/>
+      <c r="N126" s="130"/>
+      <c r="O126" s="129"/>
+      <c r="P126" s="129"/>
+      <c r="R126" s="130"/>
+      <c r="S126" s="129"/>
+      <c r="T126" s="129"/>
+      <c r="U126" s="131"/>
+    </row>
+    <row r="127" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B127" s="127"/>
+      <c r="C127" s="124"/>
+      <c r="L127" s="128"/>
+      <c r="M127" s="129"/>
+      <c r="N127" s="130"/>
+      <c r="O127" s="129"/>
+      <c r="P127" s="129"/>
+      <c r="R127" s="130"/>
+      <c r="S127" s="129"/>
+      <c r="T127" s="129"/>
+      <c r="U127" s="131"/>
+    </row>
+    <row r="128" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B128" s="127"/>
+      <c r="C128" s="124"/>
+      <c r="L128" s="128"/>
+      <c r="M128" s="129"/>
+      <c r="N128" s="130"/>
+      <c r="O128" s="129"/>
+      <c r="P128" s="129"/>
+      <c r="R128" s="130"/>
+      <c r="S128" s="129"/>
+      <c r="T128" s="129"/>
+      <c r="U128" s="131"/>
+    </row>
+    <row r="129" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B129" s="127"/>
+      <c r="C129" s="124"/>
+      <c r="L129" s="128"/>
+      <c r="M129" s="129"/>
+      <c r="N129" s="130"/>
+      <c r="O129" s="129"/>
+      <c r="P129" s="129"/>
+      <c r="R129" s="130"/>
+      <c r="S129" s="129"/>
+      <c r="T129" s="129"/>
+      <c r="U129" s="131"/>
+    </row>
+    <row r="130" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B130" s="127"/>
+      <c r="C130" s="124"/>
+      <c r="L130" s="128"/>
+      <c r="M130" s="129"/>
+      <c r="N130" s="130"/>
+      <c r="O130" s="129"/>
+      <c r="P130" s="129"/>
+      <c r="R130" s="130"/>
+      <c r="S130" s="129"/>
+      <c r="T130" s="129"/>
+      <c r="U130" s="131"/>
+    </row>
+    <row r="131" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B131" s="127"/>
+      <c r="C131" s="124"/>
+      <c r="L131" s="128"/>
+      <c r="M131" s="129"/>
+      <c r="N131" s="130"/>
+      <c r="O131" s="129"/>
+      <c r="P131" s="129"/>
+      <c r="R131" s="130"/>
+      <c r="S131" s="129"/>
+      <c r="T131" s="129"/>
+      <c r="U131" s="131"/>
+    </row>
+    <row r="132" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B132" s="127"/>
+      <c r="C132" s="124"/>
+      <c r="L132" s="128"/>
+      <c r="M132" s="129"/>
+      <c r="N132" s="130"/>
+      <c r="O132" s="129"/>
+      <c r="P132" s="129"/>
+      <c r="R132" s="130"/>
+      <c r="S132" s="129"/>
+      <c r="T132" s="129"/>
+      <c r="U132" s="131"/>
+    </row>
+    <row r="133" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B133" s="127"/>
+      <c r="C133" s="124"/>
+      <c r="L133" s="128"/>
+      <c r="M133" s="129"/>
+      <c r="N133" s="130"/>
+      <c r="O133" s="129"/>
+      <c r="P133" s="129"/>
+      <c r="R133" s="130"/>
+      <c r="S133" s="129"/>
+      <c r="T133" s="129"/>
+      <c r="U133" s="131"/>
+    </row>
+    <row r="134" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B134" s="127"/>
+      <c r="C134" s="124"/>
+      <c r="L134" s="128"/>
+      <c r="M134" s="129"/>
+      <c r="N134" s="130"/>
+      <c r="O134" s="129"/>
+      <c r="P134" s="129"/>
+      <c r="R134" s="130"/>
+      <c r="S134" s="129"/>
+      <c r="T134" s="129"/>
+      <c r="U134" s="131"/>
+    </row>
+    <row r="135" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B135" s="127"/>
+      <c r="C135" s="124"/>
+      <c r="L135" s="128"/>
+      <c r="M135" s="129"/>
+      <c r="N135" s="130"/>
+      <c r="O135" s="129"/>
+      <c r="P135" s="129"/>
+      <c r="R135" s="130"/>
+      <c r="S135" s="129"/>
+      <c r="T135" s="129"/>
+      <c r="U135" s="131"/>
+    </row>
+    <row r="136" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B136" s="127"/>
+      <c r="C136" s="124"/>
+      <c r="L136" s="128"/>
+      <c r="M136" s="129"/>
+      <c r="N136" s="130"/>
+      <c r="O136" s="129"/>
+      <c r="P136" s="129"/>
+      <c r="R136" s="130"/>
+      <c r="S136" s="129"/>
+      <c r="T136" s="129"/>
+      <c r="U136" s="131"/>
+    </row>
+    <row r="137" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B137" s="127"/>
+      <c r="C137" s="124"/>
+      <c r="L137" s="128"/>
+      <c r="M137" s="129"/>
+      <c r="N137" s="130"/>
+      <c r="O137" s="129"/>
+      <c r="P137" s="129"/>
+      <c r="R137" s="130"/>
+      <c r="S137" s="129"/>
+      <c r="T137" s="129"/>
+      <c r="U137" s="131"/>
+    </row>
+    <row r="138" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B138" s="127"/>
+      <c r="C138" s="124"/>
+      <c r="L138" s="128"/>
+      <c r="M138" s="129"/>
+      <c r="N138" s="130"/>
+      <c r="O138" s="129"/>
+      <c r="P138" s="129"/>
+      <c r="R138" s="130"/>
+      <c r="S138" s="129"/>
+      <c r="T138" s="129"/>
+      <c r="U138" s="131"/>
+    </row>
+    <row r="139" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B139" s="127"/>
+      <c r="C139" s="124"/>
+      <c r="L139" s="128"/>
+      <c r="M139" s="129"/>
+      <c r="N139" s="130"/>
+      <c r="O139" s="129"/>
+      <c r="P139" s="129"/>
+      <c r="R139" s="130"/>
+      <c r="S139" s="129"/>
+      <c r="T139" s="129"/>
+      <c r="U139" s="131"/>
+    </row>
+    <row r="140" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B140" s="127"/>
+      <c r="C140" s="124"/>
+      <c r="L140" s="128"/>
+      <c r="M140" s="129"/>
+      <c r="N140" s="130"/>
+      <c r="O140" s="129"/>
+      <c r="P140" s="129"/>
+      <c r="R140" s="130"/>
+      <c r="S140" s="129"/>
+      <c r="T140" s="129"/>
+      <c r="U140" s="131"/>
+    </row>
+    <row r="141" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B141" s="127"/>
+      <c r="C141" s="124"/>
+      <c r="L141" s="128"/>
+      <c r="M141" s="129"/>
+      <c r="N141" s="130"/>
+      <c r="O141" s="129"/>
+      <c r="P141" s="129"/>
+      <c r="R141" s="130"/>
+      <c r="S141" s="129"/>
+      <c r="T141" s="129"/>
+      <c r="U141" s="131"/>
+    </row>
+    <row r="142" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B142" s="127"/>
+      <c r="C142" s="124"/>
+      <c r="L142" s="128"/>
+      <c r="M142" s="129"/>
+      <c r="N142" s="130"/>
+      <c r="O142" s="129"/>
+      <c r="P142" s="129"/>
+      <c r="R142" s="130"/>
+      <c r="S142" s="129"/>
+      <c r="T142" s="129"/>
+      <c r="U142" s="131"/>
+    </row>
+    <row r="143" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B143" s="127"/>
+      <c r="C143" s="124"/>
+      <c r="L143" s="128"/>
+      <c r="M143" s="129"/>
+      <c r="N143" s="130"/>
+      <c r="O143" s="129"/>
+      <c r="P143" s="129"/>
+      <c r="R143" s="130"/>
+      <c r="S143" s="129"/>
+      <c r="T143" s="129"/>
+      <c r="U143" s="131"/>
+    </row>
+    <row r="144" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B144" s="127"/>
+      <c r="C144" s="124"/>
+      <c r="L144" s="128"/>
+      <c r="M144" s="129"/>
+      <c r="N144" s="130"/>
+      <c r="O144" s="129"/>
+      <c r="P144" s="129"/>
+      <c r="R144" s="130"/>
+      <c r="S144" s="129"/>
+      <c r="T144" s="129"/>
+      <c r="U144" s="131"/>
+    </row>
+    <row r="145" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B145" s="127"/>
+      <c r="C145" s="124"/>
+      <c r="L145" s="128"/>
+      <c r="M145" s="129"/>
+      <c r="N145" s="130"/>
+      <c r="O145" s="129"/>
+      <c r="P145" s="129"/>
+      <c r="R145" s="130"/>
+      <c r="S145" s="129"/>
+      <c r="T145" s="129"/>
+      <c r="U145" s="131"/>
+    </row>
+    <row r="146" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B146" s="127"/>
+      <c r="C146" s="124"/>
+      <c r="L146" s="128"/>
+      <c r="M146" s="129"/>
+      <c r="N146" s="130"/>
+      <c r="O146" s="129"/>
+      <c r="P146" s="129"/>
+      <c r="R146" s="130"/>
+      <c r="S146" s="129"/>
+      <c r="T146" s="129"/>
+      <c r="U146" s="131"/>
+    </row>
+    <row r="147" spans="2:21" s="20" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="B147" s="127"/>
+      <c r="C147" s="124"/>
+      <c r="L147" s="128"/>
+      <c r="M147" s="129"/>
+      <c r="N147" s="130"/>
+      <c r="O147" s="129"/>
+      <c r="P147" s="129"/>
+      <c r="R147" s="130"/>
+      <c r="S147" s="129"/>
+      <c r="T147" s="129"/>
+      <c r="U147" s="131"/>
+    </row>
+    <row r="148" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="P148" s="26"/>
+      <c r="R148" s="31"/>
+      <c r="S148" s="26"/>
+      <c r="T148" s="26"/>
+      <c r="U148" s="23"/>
+    </row>
+    <row r="149" spans="2:21" x14ac:dyDescent="0.3">
+      <c r="P149" s="26"/>
+      <c r="R149" s="31"/>
+      <c r="S149" s="26"/>
+      <c r="T149" s="26"/>
+      <c r="U149" s="23"/>
     </row>
     <row r="150" spans="2:21" x14ac:dyDescent="0.3">
-      <c r="P150" s="27"/>
-[...3 lines deleted...]
-      <c r="U150" s="24"/>
+      <c r="P150" s="26"/>
+      <c r="R150" s="31"/>
+      <c r="S150" s="26"/>
+      <c r="T150" s="26"/>
+      <c r="U150" s="23"/>
     </row>
     <row r="151" spans="2:21" x14ac:dyDescent="0.3">
-      <c r="P151" s="27"/>
-[...3 lines deleted...]
-      <c r="U151" s="24"/>
+      <c r="P151" s="26"/>
+      <c r="R151" s="31"/>
+      <c r="S151" s="26"/>
+      <c r="T151" s="26"/>
+      <c r="U151" s="23"/>
     </row>
     <row r="152" spans="2:21" x14ac:dyDescent="0.3">
-      <c r="P152" s="27"/>
-[...3 lines deleted...]
-      <c r="U152" s="24"/>
+      <c r="P152" s="26"/>
+      <c r="R152" s="31"/>
+      <c r="S152" s="26"/>
+      <c r="T152" s="26"/>
+      <c r="U152" s="23"/>
     </row>
     <row r="153" spans="2:21" x14ac:dyDescent="0.3">
-      <c r="P153" s="27"/>
-[...17 lines deleted...]
-      <c r="U155" s="24"/>
+      <c r="P153" s="26"/>
+      <c r="R153" s="31"/>
+      <c r="S153" s="26"/>
+      <c r="T153" s="26"/>
+      <c r="U153" s="23"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:CG1" xr:uid="{E2F516A0-27BC-45F5-85C8-F362572B425C}"/>
+  <autoFilter ref="A1:CB1" xr:uid="{E2F516A0-27BC-45F5-85C8-F362572B425C}"/>
   <mergeCells count="9">
+    <mergeCell ref="A105:U105"/>
+    <mergeCell ref="A106:U106"/>
     <mergeCell ref="A107:U107"/>
-    <mergeCell ref="A108:U108"/>
-    <mergeCell ref="A109:U109"/>
+    <mergeCell ref="A99:U99"/>
+    <mergeCell ref="A100:U100"/>
     <mergeCell ref="A101:U101"/>
     <mergeCell ref="A102:U102"/>
     <mergeCell ref="A103:U103"/>
     <mergeCell ref="A104:U104"/>
-    <mergeCell ref="A105:U105"/>
-    <mergeCell ref="A106:U106"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="512" scale="75" fitToHeight="2" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddHeader xml:space="preserve">&amp;C&amp;"Arial,Bold"&amp;16SDWLP SFY 2026 DRAFT FUNDING LIST&amp;"Calibri,Bold"&amp;11
- &amp;"Arial,Bold"November 18, 2025&amp;"Calibri,Regular"
+    <oddHeader xml:space="preserve">&amp;C&amp;"Arial,Bold"&amp;16SDWLP SFY 2026 FINAL FUNDING LIST&amp;"Calibri,Bold"&amp;11
+&amp;"Arial,Bold"December 22, 2025&amp;"Calibri,Regular"
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B7CCABBC-8E80-47AA-8840-4C0149C72B8C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:EC140"/>
+  <dimension ref="A1:EC139"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H12" sqref="H12"/>
+    <sheetView topLeftCell="C1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C4" sqref="A4:XFD4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.88671875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="3" width="10.33203125" style="35" customWidth="1"/>
-[...18 lines deleted...]
-    <col min="54" max="16384" width="8.88671875" style="36"/>
+    <col min="1" max="3" width="10.33203125" style="34" customWidth="1"/>
+    <col min="4" max="4" width="27" style="35" customWidth="1"/>
+    <col min="5" max="5" width="8.6640625" style="34" customWidth="1"/>
+    <col min="6" max="6" width="59.109375" style="35" customWidth="1"/>
+    <col min="7" max="7" width="9.6640625" style="34" customWidth="1"/>
+    <col min="8" max="8" width="12.5546875" style="34" customWidth="1"/>
+    <col min="9" max="9" width="14" style="34" customWidth="1"/>
+    <col min="10" max="10" width="11" style="34" customWidth="1"/>
+    <col min="11" max="11" width="10.6640625" style="36" customWidth="1"/>
+    <col min="12" max="12" width="14.33203125" style="77" customWidth="1"/>
+    <col min="13" max="13" width="14.88671875" style="77" customWidth="1"/>
+    <col min="14" max="14" width="13.33203125" style="78" customWidth="1"/>
+    <col min="15" max="15" width="15.33203125" style="77" customWidth="1"/>
+    <col min="16" max="16" width="8.33203125" style="37" customWidth="1"/>
+    <col min="17" max="17" width="11.88671875" style="79" customWidth="1"/>
+    <col min="18" max="18" width="14.33203125" style="77" customWidth="1"/>
+    <col min="19" max="19" width="14.33203125" style="35" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="15.109375" style="35" bestFit="1" customWidth="1"/>
+    <col min="21" max="53" width="8.88671875" style="133"/>
+    <col min="54" max="16384" width="8.88671875" style="35"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:133" x14ac:dyDescent="0.3">
-      <c r="A1" s="39"/>
-[...18 lines deleted...]
-      <c r="T1" s="48"/>
+      <c r="A1" s="154"/>
+      <c r="B1" s="155"/>
+      <c r="C1" s="155"/>
+      <c r="D1" s="156"/>
+      <c r="E1" s="155"/>
+      <c r="F1" s="156"/>
+      <c r="G1" s="155"/>
+      <c r="H1" s="155"/>
+      <c r="I1" s="155"/>
+      <c r="J1" s="155"/>
+      <c r="K1" s="157"/>
+      <c r="L1" s="158"/>
+      <c r="M1" s="159"/>
+      <c r="N1" s="160"/>
+      <c r="O1" s="158"/>
+      <c r="P1" s="161"/>
+      <c r="Q1" s="162"/>
+      <c r="R1" s="158"/>
+      <c r="S1" s="156"/>
+      <c r="T1" s="163"/>
     </row>
     <row r="2" spans="1:133" x14ac:dyDescent="0.3">
-      <c r="A2" s="50"/>
-[...10 lines deleted...]
-      <c r="L2" s="53" t="s">
+      <c r="A2" s="164"/>
+      <c r="B2" s="165"/>
+      <c r="C2" s="165"/>
+      <c r="D2" s="166"/>
+      <c r="E2" s="165"/>
+      <c r="F2" s="166"/>
+      <c r="G2" s="165"/>
+      <c r="H2" s="165"/>
+      <c r="I2" s="165"/>
+      <c r="J2" s="165"/>
+      <c r="K2" s="167"/>
+      <c r="L2" s="38" t="s">
+        <v>365</v>
+      </c>
+      <c r="M2" s="39"/>
+      <c r="N2" s="40"/>
+      <c r="O2" s="41" t="s">
+        <v>337</v>
+      </c>
+      <c r="P2" s="168"/>
+      <c r="Q2" s="42"/>
+      <c r="R2" s="43"/>
+      <c r="S2" s="166"/>
+      <c r="T2" s="169"/>
+    </row>
+    <row r="3" spans="1:133" x14ac:dyDescent="0.3">
+      <c r="A3" s="170"/>
+      <c r="B3" s="44"/>
+      <c r="C3" s="44"/>
+      <c r="D3" s="45"/>
+      <c r="E3" s="44"/>
+      <c r="F3" s="45"/>
+      <c r="G3" s="44"/>
+      <c r="H3" s="44"/>
+      <c r="I3" s="44"/>
+      <c r="J3" s="44"/>
+      <c r="K3" s="46"/>
+      <c r="L3" s="47"/>
+      <c r="M3" s="47"/>
+      <c r="N3" s="48"/>
+      <c r="O3" s="47"/>
+      <c r="P3" s="49"/>
+      <c r="Q3" s="50"/>
+      <c r="R3" s="47"/>
+      <c r="S3" s="45"/>
+      <c r="T3" s="171"/>
+    </row>
+    <row r="4" spans="1:133" s="60" customFormat="1" ht="49.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="51" t="s">
+        <v>247</v>
+      </c>
+      <c r="B4" s="51" t="s">
+        <v>248</v>
+      </c>
+      <c r="C4" s="51" t="s">
+        <v>318</v>
+      </c>
+      <c r="D4" s="52" t="s">
+        <v>251</v>
+      </c>
+      <c r="E4" s="51" t="s">
+        <v>250</v>
+      </c>
+      <c r="F4" s="52" t="s">
+        <v>0</v>
+      </c>
+      <c r="G4" s="53" t="s">
+        <v>2</v>
+      </c>
+      <c r="H4" s="53" t="s">
+        <v>252</v>
+      </c>
+      <c r="I4" s="51" t="s">
+        <v>255</v>
+      </c>
+      <c r="J4" s="54" t="s">
+        <v>1</v>
+      </c>
+      <c r="K4" s="55" t="s">
+        <v>253</v>
+      </c>
+      <c r="L4" s="56" t="s">
+        <v>317</v>
+      </c>
+      <c r="M4" s="57" t="s">
+        <v>254</v>
+      </c>
+      <c r="N4" s="81" t="s">
+        <v>256</v>
+      </c>
+      <c r="O4" s="56" t="s">
+        <v>257</v>
+      </c>
+      <c r="P4" s="172" t="s">
+        <v>258</v>
+      </c>
+      <c r="Q4" s="58" t="s">
+        <v>323</v>
+      </c>
+      <c r="R4" s="56" t="s">
+        <v>319</v>
+      </c>
+      <c r="S4" s="59" t="s">
+        <v>261</v>
+      </c>
+      <c r="T4" s="59" t="s">
+        <v>262</v>
+      </c>
+      <c r="U4" s="133"/>
+      <c r="V4" s="133"/>
+      <c r="W4" s="133"/>
+      <c r="X4" s="133"/>
+      <c r="Y4" s="133"/>
+      <c r="Z4" s="133"/>
+      <c r="AA4" s="133"/>
+      <c r="AB4" s="133"/>
+      <c r="AC4" s="133"/>
+      <c r="AD4" s="133"/>
+      <c r="AE4" s="133"/>
+      <c r="AF4" s="133"/>
+      <c r="AG4" s="133"/>
+      <c r="AH4" s="133"/>
+      <c r="AI4" s="133"/>
+      <c r="AJ4" s="133"/>
+      <c r="AK4" s="133"/>
+      <c r="AL4" s="133"/>
+      <c r="AM4" s="133"/>
+      <c r="AN4" s="133"/>
+      <c r="AO4" s="133"/>
+      <c r="AP4" s="133"/>
+      <c r="AQ4" s="133"/>
+      <c r="AR4" s="133"/>
+      <c r="AS4" s="133"/>
+      <c r="AT4" s="133"/>
+      <c r="AU4" s="133"/>
+      <c r="AV4" s="133"/>
+      <c r="AW4" s="133"/>
+      <c r="AX4" s="133"/>
+      <c r="AY4" s="133"/>
+      <c r="AZ4" s="133"/>
+      <c r="BA4" s="133"/>
+      <c r="BB4" s="35"/>
+      <c r="BC4" s="35"/>
+      <c r="BD4" s="35"/>
+      <c r="BE4" s="35"/>
+      <c r="BF4" s="35"/>
+      <c r="BG4" s="35"/>
+      <c r="BH4" s="35"/>
+      <c r="BI4" s="35"/>
+      <c r="BJ4" s="35"/>
+      <c r="BK4" s="35"/>
+      <c r="BL4" s="35"/>
+      <c r="BM4" s="35"/>
+      <c r="BN4" s="35"/>
+      <c r="BO4" s="35"/>
+      <c r="BP4" s="35"/>
+      <c r="BQ4" s="35"/>
+      <c r="BR4" s="35"/>
+      <c r="BS4" s="35"/>
+      <c r="BT4" s="35"/>
+      <c r="BU4" s="35"/>
+      <c r="BV4" s="35"/>
+      <c r="BW4" s="35"/>
+      <c r="BX4" s="35"/>
+      <c r="BY4" s="35"/>
+      <c r="BZ4" s="35"/>
+      <c r="CA4" s="35"/>
+      <c r="CB4" s="35"/>
+      <c r="CC4" s="35"/>
+      <c r="CD4" s="35"/>
+      <c r="CE4" s="35"/>
+      <c r="CF4" s="35"/>
+      <c r="CG4" s="35"/>
+      <c r="CH4" s="35"/>
+      <c r="CI4" s="35"/>
+      <c r="CJ4" s="35"/>
+      <c r="CK4" s="35"/>
+      <c r="CL4" s="35"/>
+      <c r="CM4" s="35"/>
+      <c r="CN4" s="35"/>
+      <c r="CO4" s="35"/>
+      <c r="CP4" s="35"/>
+      <c r="CQ4" s="35"/>
+      <c r="CR4" s="35"/>
+      <c r="CS4" s="35"/>
+      <c r="CT4" s="35"/>
+      <c r="CU4" s="35"/>
+      <c r="CV4" s="35"/>
+      <c r="CW4" s="35"/>
+      <c r="CX4" s="35"/>
+      <c r="CY4" s="35"/>
+      <c r="CZ4" s="35"/>
+      <c r="DA4" s="35"/>
+      <c r="DB4" s="35"/>
+      <c r="DC4" s="35"/>
+      <c r="DD4" s="35"/>
+      <c r="DE4" s="35"/>
+      <c r="DF4" s="35"/>
+      <c r="DG4" s="35"/>
+      <c r="DH4" s="35"/>
+      <c r="DI4" s="35"/>
+      <c r="DJ4" s="35"/>
+      <c r="DK4" s="35"/>
+      <c r="DL4" s="35"/>
+      <c r="DM4" s="35"/>
+      <c r="DN4" s="35"/>
+      <c r="DO4" s="35"/>
+      <c r="DP4" s="35"/>
+      <c r="DQ4" s="35"/>
+      <c r="DR4" s="35"/>
+      <c r="DS4" s="35"/>
+      <c r="DT4" s="35"/>
+      <c r="DU4" s="35"/>
+      <c r="DV4" s="35"/>
+      <c r="DW4" s="35"/>
+      <c r="DX4" s="35"/>
+      <c r="DY4" s="35"/>
+      <c r="DZ4" s="35"/>
+      <c r="EA4" s="35"/>
+      <c r="EB4" s="35"/>
+      <c r="EC4" s="35"/>
+    </row>
+    <row r="5" spans="1:133" s="91" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="87">
+        <v>418.5</v>
+      </c>
+      <c r="B5" s="87">
+        <v>82.5</v>
+      </c>
+      <c r="C5" s="82">
+        <v>336</v>
+      </c>
+      <c r="D5" s="82" t="s">
         <v>374</v>
       </c>
-      <c r="M2" s="54"/>
-[...66 lines deleted...]
-      <c r="L4" s="76" t="s">
+      <c r="E5" s="82" t="s">
+        <v>203</v>
+      </c>
+      <c r="F5" s="82" t="s">
+        <v>345</v>
+      </c>
+      <c r="G5" s="82" t="s">
+        <v>266</v>
+      </c>
+      <c r="H5" s="82" t="s">
+        <v>314</v>
+      </c>
+      <c r="I5" s="87" t="s">
+        <v>238</v>
+      </c>
+      <c r="J5" s="82" t="s">
+        <v>272</v>
+      </c>
+      <c r="K5" s="88">
+        <v>8263</v>
+      </c>
+      <c r="L5" s="89">
+        <v>53561</v>
+      </c>
+      <c r="M5" s="83">
+        <v>0.33</v>
+      </c>
+      <c r="N5" s="89">
+        <v>7131000</v>
+      </c>
+      <c r="O5" s="89">
+        <v>3572050</v>
+      </c>
+      <c r="P5" s="82">
+        <v>165</v>
+      </c>
+      <c r="Q5" s="83">
+        <v>0.5</v>
+      </c>
+      <c r="R5" s="89">
+        <v>3500000</v>
+      </c>
+      <c r="S5" s="90">
+        <v>58950</v>
+      </c>
+      <c r="T5" s="90">
+        <v>3558950</v>
+      </c>
+      <c r="U5" s="150"/>
+      <c r="V5" s="139"/>
+      <c r="W5" s="139"/>
+      <c r="X5" s="139"/>
+      <c r="Y5" s="139"/>
+      <c r="Z5" s="139"/>
+      <c r="AA5" s="139"/>
+      <c r="AB5" s="139"/>
+      <c r="AC5" s="139"/>
+      <c r="AD5" s="139"/>
+      <c r="AE5" s="139"/>
+      <c r="AF5" s="139"/>
+      <c r="AG5" s="139"/>
+      <c r="AH5" s="139"/>
+      <c r="AI5" s="139"/>
+      <c r="AJ5" s="139"/>
+      <c r="AK5" s="139"/>
+      <c r="AL5" s="139"/>
+      <c r="AM5" s="139"/>
+      <c r="AN5" s="139"/>
+      <c r="AO5" s="139"/>
+      <c r="AP5" s="139"/>
+      <c r="AQ5" s="139"/>
+      <c r="AR5" s="139"/>
+      <c r="AS5" s="139"/>
+      <c r="AT5" s="139"/>
+      <c r="AU5" s="139"/>
+      <c r="AV5" s="139"/>
+      <c r="AW5" s="139"/>
+      <c r="AX5" s="139"/>
+      <c r="AY5" s="139"/>
+      <c r="AZ5" s="139"/>
+      <c r="BA5" s="139"/>
+    </row>
+    <row r="6" spans="1:133" s="91" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="87">
+        <v>389.5</v>
+      </c>
+      <c r="B6" s="87">
+        <v>77.5</v>
+      </c>
+      <c r="C6" s="82">
+        <v>312</v>
+      </c>
+      <c r="D6" s="82" t="s">
+        <v>329</v>
+      </c>
+      <c r="E6" s="82" t="s">
+        <v>205</v>
+      </c>
+      <c r="F6" s="82" t="s">
+        <v>346</v>
+      </c>
+      <c r="G6" s="82" t="s">
+        <v>267</v>
+      </c>
+      <c r="H6" s="82" t="s">
+        <v>309</v>
+      </c>
+      <c r="I6" s="87" t="s">
+        <v>24</v>
+      </c>
+      <c r="J6" s="82" t="s">
+        <v>274</v>
+      </c>
+      <c r="K6" s="88">
+        <v>5521</v>
+      </c>
+      <c r="L6" s="89">
+        <v>52670</v>
+      </c>
+      <c r="M6" s="83">
+        <v>0.33</v>
+      </c>
+      <c r="N6" s="89">
+        <v>2189597</v>
+      </c>
+      <c r="O6" s="89">
+        <v>1094798</v>
+      </c>
+      <c r="P6" s="82">
+        <v>155</v>
+      </c>
+      <c r="Q6" s="83">
+        <v>0.5</v>
+      </c>
+      <c r="R6" s="89">
+        <v>1094799</v>
+      </c>
+      <c r="S6" s="90">
+        <v>0</v>
+      </c>
+      <c r="T6" s="90">
+        <v>1094799</v>
+      </c>
+      <c r="U6" s="150"/>
+      <c r="V6" s="139"/>
+      <c r="W6" s="139"/>
+      <c r="X6" s="139"/>
+      <c r="Y6" s="139"/>
+      <c r="Z6" s="139"/>
+      <c r="AA6" s="139"/>
+      <c r="AB6" s="139"/>
+      <c r="AC6" s="139"/>
+      <c r="AD6" s="139"/>
+      <c r="AE6" s="139"/>
+      <c r="AF6" s="139"/>
+      <c r="AG6" s="139"/>
+      <c r="AH6" s="139"/>
+      <c r="AI6" s="139"/>
+      <c r="AJ6" s="139"/>
+      <c r="AK6" s="139"/>
+      <c r="AL6" s="139"/>
+      <c r="AM6" s="139"/>
+      <c r="AN6" s="139"/>
+      <c r="AO6" s="139"/>
+      <c r="AP6" s="139"/>
+      <c r="AQ6" s="139"/>
+      <c r="AR6" s="139"/>
+      <c r="AS6" s="139"/>
+      <c r="AT6" s="139"/>
+      <c r="AU6" s="139"/>
+      <c r="AV6" s="139"/>
+      <c r="AW6" s="139"/>
+      <c r="AX6" s="139"/>
+      <c r="AY6" s="139"/>
+      <c r="AZ6" s="139"/>
+      <c r="BA6" s="139"/>
+    </row>
+    <row r="7" spans="1:133" s="91" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="87">
+        <v>389</v>
+      </c>
+      <c r="B7" s="87">
+        <v>85</v>
+      </c>
+      <c r="C7" s="82">
+        <v>304</v>
+      </c>
+      <c r="D7" s="82" t="s">
+        <v>330</v>
+      </c>
+      <c r="E7" s="82" t="s">
+        <v>215</v>
+      </c>
+      <c r="F7" s="82" t="s">
+        <v>348</v>
+      </c>
+      <c r="G7" s="82" t="s">
+        <v>265</v>
+      </c>
+      <c r="H7" s="82" t="s">
+        <v>311</v>
+      </c>
+      <c r="I7" s="87" t="s">
+        <v>94</v>
+      </c>
+      <c r="J7" s="82" t="s">
+        <v>273</v>
+      </c>
+      <c r="K7" s="88">
+        <v>1006</v>
+      </c>
+      <c r="L7" s="89">
+        <v>53841</v>
+      </c>
+      <c r="M7" s="83">
+        <v>0.33</v>
+      </c>
+      <c r="N7" s="89">
+        <v>574964</v>
+      </c>
+      <c r="O7" s="89">
+        <v>287482</v>
+      </c>
+      <c r="P7" s="82">
+        <v>170</v>
+      </c>
+      <c r="Q7" s="83">
+        <v>0.5</v>
+      </c>
+      <c r="R7" s="89">
+        <v>287482</v>
+      </c>
+      <c r="S7" s="90">
+        <v>0</v>
+      </c>
+      <c r="T7" s="90">
+        <v>287482</v>
+      </c>
+      <c r="U7" s="150"/>
+      <c r="V7" s="139"/>
+      <c r="W7" s="139"/>
+      <c r="X7" s="139"/>
+      <c r="Y7" s="139"/>
+      <c r="Z7" s="139"/>
+      <c r="AA7" s="139"/>
+      <c r="AB7" s="139"/>
+      <c r="AC7" s="139"/>
+      <c r="AD7" s="139"/>
+      <c r="AE7" s="139"/>
+      <c r="AF7" s="139"/>
+      <c r="AG7" s="139"/>
+      <c r="AH7" s="139"/>
+      <c r="AI7" s="139"/>
+      <c r="AJ7" s="139"/>
+      <c r="AK7" s="139"/>
+      <c r="AL7" s="139"/>
+      <c r="AM7" s="139"/>
+      <c r="AN7" s="139"/>
+      <c r="AO7" s="139"/>
+      <c r="AP7" s="139"/>
+      <c r="AQ7" s="139"/>
+      <c r="AR7" s="139"/>
+      <c r="AS7" s="139"/>
+      <c r="AT7" s="139"/>
+      <c r="AU7" s="139"/>
+      <c r="AV7" s="139"/>
+      <c r="AW7" s="139"/>
+      <c r="AX7" s="139"/>
+      <c r="AY7" s="139"/>
+      <c r="AZ7" s="139"/>
+      <c r="BA7" s="139"/>
+    </row>
+    <row r="8" spans="1:133" s="91" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="87">
+        <v>366.5</v>
+      </c>
+      <c r="B8" s="87">
+        <v>62.5</v>
+      </c>
+      <c r="C8" s="82">
+        <v>304</v>
+      </c>
+      <c r="D8" s="82" t="s">
+        <v>359</v>
+      </c>
+      <c r="E8" s="82" t="s">
+        <v>195</v>
+      </c>
+      <c r="F8" s="82" t="s">
+        <v>377</v>
+      </c>
+      <c r="G8" s="82" t="s">
+        <v>269</v>
+      </c>
+      <c r="H8" s="82" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" s="87" t="s">
+        <v>25</v>
+      </c>
+      <c r="J8" s="82" t="s">
+        <v>271</v>
+      </c>
+      <c r="K8" s="88">
+        <v>52115</v>
+      </c>
+      <c r="L8" s="89">
+        <v>53803</v>
+      </c>
+      <c r="M8" s="83">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="N8" s="89">
+        <v>4561300</v>
+      </c>
+      <c r="O8" s="89">
+        <v>2961300</v>
+      </c>
+      <c r="P8" s="82">
+        <v>125</v>
+      </c>
+      <c r="Q8" s="83">
+        <v>0.5</v>
+      </c>
+      <c r="R8" s="89">
+        <v>0</v>
+      </c>
+      <c r="S8" s="90">
+        <v>1600000</v>
+      </c>
+      <c r="T8" s="90">
+        <v>1600000</v>
+      </c>
+      <c r="U8" s="150"/>
+      <c r="V8" s="139"/>
+      <c r="W8" s="139"/>
+      <c r="X8" s="139"/>
+      <c r="Y8" s="139"/>
+      <c r="Z8" s="139"/>
+      <c r="AA8" s="139"/>
+      <c r="AB8" s="139"/>
+      <c r="AC8" s="139"/>
+      <c r="AD8" s="139"/>
+      <c r="AE8" s="139"/>
+      <c r="AF8" s="139"/>
+      <c r="AG8" s="139"/>
+      <c r="AH8" s="139"/>
+      <c r="AI8" s="139"/>
+      <c r="AJ8" s="139"/>
+      <c r="AK8" s="139"/>
+      <c r="AL8" s="139"/>
+      <c r="AM8" s="139"/>
+      <c r="AN8" s="139"/>
+      <c r="AO8" s="139"/>
+      <c r="AP8" s="139"/>
+      <c r="AQ8" s="139"/>
+      <c r="AR8" s="139"/>
+      <c r="AS8" s="139"/>
+      <c r="AT8" s="139"/>
+      <c r="AU8" s="139"/>
+      <c r="AV8" s="139"/>
+      <c r="AW8" s="139"/>
+      <c r="AX8" s="139"/>
+      <c r="AY8" s="139"/>
+      <c r="AZ8" s="139"/>
+      <c r="BA8" s="139"/>
+    </row>
+    <row r="9" spans="1:133" s="91" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="92">
+        <v>366.5</v>
+      </c>
+      <c r="B9" s="92">
+        <v>62.5</v>
+      </c>
+      <c r="C9" s="85">
+        <v>304</v>
+      </c>
+      <c r="D9" s="82" t="s">
+        <v>359</v>
+      </c>
+      <c r="E9" s="85" t="s">
+        <v>194</v>
+      </c>
+      <c r="F9" s="85" t="s">
+        <v>378</v>
+      </c>
+      <c r="G9" s="85" t="s">
+        <v>269</v>
+      </c>
+      <c r="H9" s="85" t="s">
+        <v>56</v>
+      </c>
+      <c r="I9" s="92" t="s">
+        <v>25</v>
+      </c>
+      <c r="J9" s="85" t="s">
+        <v>271</v>
+      </c>
+      <c r="K9" s="93">
+        <v>52115</v>
+      </c>
+      <c r="L9" s="94">
+        <v>53803</v>
+      </c>
+      <c r="M9" s="86">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="N9" s="94">
+        <v>8143180</v>
+      </c>
+      <c r="O9" s="94">
+        <v>4643180</v>
+      </c>
+      <c r="P9" s="85">
+        <v>125</v>
+      </c>
+      <c r="Q9" s="86">
+        <v>0.5</v>
+      </c>
+      <c r="R9" s="94">
+        <v>3500000</v>
+      </c>
+      <c r="S9" s="95">
+        <v>0</v>
+      </c>
+      <c r="T9" s="95">
+        <v>3500000</v>
+      </c>
+      <c r="U9" s="150"/>
+      <c r="V9" s="139"/>
+      <c r="W9" s="139"/>
+      <c r="X9" s="139"/>
+      <c r="Y9" s="139"/>
+      <c r="Z9" s="139"/>
+      <c r="AA9" s="139"/>
+      <c r="AB9" s="139"/>
+      <c r="AC9" s="139"/>
+      <c r="AD9" s="139"/>
+      <c r="AE9" s="139"/>
+      <c r="AF9" s="139"/>
+      <c r="AG9" s="139"/>
+      <c r="AH9" s="139"/>
+      <c r="AI9" s="139"/>
+      <c r="AJ9" s="139"/>
+      <c r="AK9" s="139"/>
+      <c r="AL9" s="139"/>
+      <c r="AM9" s="139"/>
+      <c r="AN9" s="139"/>
+      <c r="AO9" s="139"/>
+      <c r="AP9" s="139"/>
+      <c r="AQ9" s="139"/>
+      <c r="AR9" s="139"/>
+      <c r="AS9" s="139"/>
+      <c r="AT9" s="139"/>
+      <c r="AU9" s="139"/>
+      <c r="AV9" s="139"/>
+      <c r="AW9" s="139"/>
+      <c r="AX9" s="139"/>
+      <c r="AY9" s="139"/>
+      <c r="AZ9" s="139"/>
+      <c r="BA9" s="139"/>
+    </row>
+    <row r="10" spans="1:133" s="96" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="92">
+        <v>357</v>
+      </c>
+      <c r="B10" s="92">
+        <v>40</v>
+      </c>
+      <c r="C10" s="85">
+        <v>317</v>
+      </c>
+      <c r="D10" s="85" t="s">
+        <v>331</v>
+      </c>
+      <c r="E10" s="85" t="s">
+        <v>218</v>
+      </c>
+      <c r="F10" s="85" t="s">
+        <v>349</v>
+      </c>
+      <c r="G10" s="85" t="s">
+        <v>267</v>
+      </c>
+      <c r="H10" s="85" t="s">
+        <v>303</v>
+      </c>
+      <c r="I10" s="92" t="s">
+        <v>237</v>
+      </c>
+      <c r="J10" s="85" t="s">
+        <v>274</v>
+      </c>
+      <c r="K10" s="93">
+        <v>1713</v>
+      </c>
+      <c r="L10" s="94">
+        <v>80709</v>
+      </c>
+      <c r="M10" s="86">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="N10" s="94">
+        <v>8426001</v>
+      </c>
+      <c r="O10" s="94">
+        <v>4640801</v>
+      </c>
+      <c r="P10" s="85">
+        <v>80</v>
+      </c>
+      <c r="Q10" s="86">
+        <v>0.5</v>
+      </c>
+      <c r="R10" s="94">
+        <v>3500000</v>
+      </c>
+      <c r="S10" s="95">
+        <v>285200</v>
+      </c>
+      <c r="T10" s="95">
+        <v>3785200</v>
+      </c>
+      <c r="U10" s="150"/>
+      <c r="V10" s="139"/>
+      <c r="W10" s="139"/>
+      <c r="X10" s="139"/>
+      <c r="Y10" s="139"/>
+      <c r="Z10" s="139"/>
+      <c r="AA10" s="139"/>
+      <c r="AB10" s="139"/>
+      <c r="AC10" s="139"/>
+      <c r="AD10" s="139"/>
+      <c r="AE10" s="139"/>
+      <c r="AF10" s="139"/>
+      <c r="AG10" s="139"/>
+      <c r="AH10" s="139"/>
+      <c r="AI10" s="139"/>
+      <c r="AJ10" s="139"/>
+      <c r="AK10" s="139"/>
+      <c r="AL10" s="139"/>
+      <c r="AM10" s="139"/>
+      <c r="AN10" s="139"/>
+      <c r="AO10" s="139"/>
+      <c r="AP10" s="139"/>
+      <c r="AQ10" s="139"/>
+      <c r="AR10" s="139"/>
+      <c r="AS10" s="139"/>
+      <c r="AT10" s="139"/>
+      <c r="AU10" s="139"/>
+      <c r="AV10" s="139"/>
+      <c r="AW10" s="139"/>
+      <c r="AX10" s="139"/>
+      <c r="AY10" s="139"/>
+      <c r="AZ10" s="139"/>
+      <c r="BA10" s="139"/>
+    </row>
+    <row r="11" spans="1:133" s="96" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="87">
+        <v>346</v>
+      </c>
+      <c r="B11" s="87">
+        <v>20</v>
+      </c>
+      <c r="C11" s="82">
+        <v>326</v>
+      </c>
+      <c r="D11" s="82" t="s">
+        <v>332</v>
+      </c>
+      <c r="E11" s="82" t="s">
+        <v>29</v>
+      </c>
+      <c r="F11" s="82" t="s">
+        <v>347</v>
+      </c>
+      <c r="G11" s="82" t="s">
+        <v>266</v>
+      </c>
+      <c r="H11" s="82" t="s">
+        <v>300</v>
+      </c>
+      <c r="I11" s="87" t="s">
+        <v>238</v>
+      </c>
+      <c r="J11" s="82" t="s">
+        <v>272</v>
+      </c>
+      <c r="K11" s="88">
+        <v>15868</v>
+      </c>
+      <c r="L11" s="89">
+        <v>75565</v>
+      </c>
+      <c r="M11" s="83">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="N11" s="89">
+        <v>6801998</v>
+      </c>
+      <c r="O11" s="89">
+        <v>3400999</v>
+      </c>
+      <c r="P11" s="82">
+        <v>40</v>
+      </c>
+      <c r="Q11" s="83">
+        <v>0.5</v>
+      </c>
+      <c r="R11" s="89">
+        <v>3400999</v>
+      </c>
+      <c r="S11" s="90">
+        <v>0</v>
+      </c>
+      <c r="T11" s="90">
+        <v>3400999</v>
+      </c>
+      <c r="U11" s="150"/>
+      <c r="V11" s="139"/>
+      <c r="W11" s="139"/>
+      <c r="X11" s="139"/>
+      <c r="Y11" s="139"/>
+      <c r="Z11" s="139"/>
+      <c r="AA11" s="139"/>
+      <c r="AB11" s="139"/>
+      <c r="AC11" s="139"/>
+      <c r="AD11" s="139"/>
+      <c r="AE11" s="139"/>
+      <c r="AF11" s="139"/>
+      <c r="AG11" s="139"/>
+      <c r="AH11" s="139"/>
+      <c r="AI11" s="139"/>
+      <c r="AJ11" s="139"/>
+      <c r="AK11" s="139"/>
+      <c r="AL11" s="139"/>
+      <c r="AM11" s="139"/>
+      <c r="AN11" s="139"/>
+      <c r="AO11" s="139"/>
+      <c r="AP11" s="139"/>
+      <c r="AQ11" s="139"/>
+      <c r="AR11" s="139"/>
+      <c r="AS11" s="139"/>
+      <c r="AT11" s="139"/>
+      <c r="AU11" s="139"/>
+      <c r="AV11" s="139"/>
+      <c r="AW11" s="139"/>
+      <c r="AX11" s="139"/>
+      <c r="AY11" s="139"/>
+      <c r="AZ11" s="139"/>
+      <c r="BA11" s="139"/>
+    </row>
+    <row r="12" spans="1:133" s="91" customFormat="1" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="87">
+        <v>333</v>
+      </c>
+      <c r="B12" s="87">
+        <v>25</v>
+      </c>
+      <c r="C12" s="82">
+        <v>308</v>
+      </c>
+      <c r="D12" s="82" t="s">
+        <v>371</v>
+      </c>
+      <c r="E12" s="82" t="s">
+        <v>233</v>
+      </c>
+      <c r="F12" s="82" t="s">
+        <v>350</v>
+      </c>
+      <c r="G12" s="82" t="s">
+        <v>268</v>
+      </c>
+      <c r="H12" s="82" t="s">
+        <v>33</v>
+      </c>
+      <c r="I12" s="87" t="s">
+        <v>30</v>
+      </c>
+      <c r="J12" s="82" t="s">
+        <v>270</v>
+      </c>
+      <c r="K12" s="88">
+        <v>7764</v>
+      </c>
+      <c r="L12" s="89">
+        <v>88068</v>
+      </c>
+      <c r="M12" s="83">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="N12" s="89">
+        <v>4991028</v>
+      </c>
+      <c r="O12" s="89">
+        <v>2495514</v>
+      </c>
+      <c r="P12" s="82">
+        <v>50</v>
+      </c>
+      <c r="Q12" s="83">
+        <v>0.5</v>
+      </c>
+      <c r="R12" s="89">
+        <v>2495514</v>
+      </c>
+      <c r="S12" s="90">
+        <v>0</v>
+      </c>
+      <c r="T12" s="90">
+        <v>2495514</v>
+      </c>
+      <c r="U12" s="150"/>
+      <c r="V12" s="139"/>
+      <c r="W12" s="139"/>
+      <c r="X12" s="139"/>
+      <c r="Y12" s="139"/>
+      <c r="Z12" s="139"/>
+      <c r="AA12" s="139"/>
+      <c r="AB12" s="139"/>
+      <c r="AC12" s="139"/>
+      <c r="AD12" s="139"/>
+      <c r="AE12" s="139"/>
+      <c r="AF12" s="139"/>
+      <c r="AG12" s="139"/>
+      <c r="AH12" s="139"/>
+      <c r="AI12" s="139"/>
+      <c r="AJ12" s="139"/>
+      <c r="AK12" s="139"/>
+      <c r="AL12" s="139"/>
+      <c r="AM12" s="139"/>
+      <c r="AN12" s="139"/>
+      <c r="AO12" s="139"/>
+      <c r="AP12" s="139"/>
+      <c r="AQ12" s="139"/>
+      <c r="AR12" s="139"/>
+      <c r="AS12" s="139"/>
+      <c r="AT12" s="139"/>
+      <c r="AU12" s="139"/>
+      <c r="AV12" s="139"/>
+      <c r="AW12" s="139"/>
+      <c r="AX12" s="139"/>
+      <c r="AY12" s="139"/>
+      <c r="AZ12" s="139"/>
+      <c r="BA12" s="139"/>
+    </row>
+    <row r="13" spans="1:133" ht="3.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="173"/>
+      <c r="B13" s="61"/>
+      <c r="C13" s="61"/>
+      <c r="D13" s="62"/>
+      <c r="E13" s="62"/>
+      <c r="F13" s="62"/>
+      <c r="G13" s="62"/>
+      <c r="H13" s="62"/>
+      <c r="I13" s="62"/>
+      <c r="J13" s="62"/>
+      <c r="K13" s="63"/>
+      <c r="L13" s="64"/>
+      <c r="M13" s="65"/>
+      <c r="N13" s="66"/>
+      <c r="O13" s="67"/>
+      <c r="P13" s="68"/>
+      <c r="Q13" s="69"/>
+      <c r="R13" s="70"/>
+      <c r="S13" s="71"/>
+      <c r="T13" s="174"/>
+    </row>
+    <row r="14" spans="1:133" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="175"/>
+      <c r="B14" s="72"/>
+      <c r="C14" s="72"/>
+      <c r="D14" s="73"/>
+      <c r="E14" s="72"/>
+      <c r="F14" s="73"/>
+      <c r="G14" s="72"/>
+      <c r="H14" s="72"/>
+      <c r="I14" s="72"/>
+      <c r="J14" s="72"/>
+      <c r="K14" s="74"/>
+      <c r="L14" s="75" t="s">
+        <v>320</v>
+      </c>
+      <c r="M14" s="76"/>
+      <c r="N14" s="84">
+        <v>42819068</v>
+      </c>
+      <c r="O14" s="84">
+        <v>23096124</v>
+      </c>
+      <c r="P14" s="84"/>
+      <c r="Q14" s="84"/>
+      <c r="R14" s="84">
+        <v>17778794</v>
+      </c>
+      <c r="S14" s="84">
+        <v>1944150</v>
+      </c>
+      <c r="T14" s="84">
+        <v>19722944</v>
+      </c>
+    </row>
+    <row r="15" spans="1:133" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="180" t="s">
+        <v>321</v>
+      </c>
+      <c r="B15" s="181"/>
+      <c r="C15" s="181"/>
+      <c r="D15" s="181"/>
+      <c r="E15" s="181"/>
+      <c r="F15" s="181"/>
+      <c r="G15" s="181"/>
+      <c r="H15" s="181"/>
+      <c r="I15" s="181"/>
+      <c r="J15" s="181"/>
+      <c r="K15" s="181"/>
+      <c r="L15" s="181"/>
+      <c r="M15" s="181"/>
+      <c r="N15" s="181"/>
+      <c r="O15" s="181"/>
+      <c r="P15" s="181"/>
+      <c r="Q15" s="181"/>
+      <c r="R15" s="181"/>
+      <c r="S15" s="181"/>
+      <c r="T15" s="182"/>
+    </row>
+    <row r="16" spans="1:133" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="183" t="s">
         <v>322</v>
       </c>
-      <c r="M4" s="77" t="s">
-[...14 lines deleted...]
-      <c r="R4" s="76" t="s">
+      <c r="B16" s="184"/>
+      <c r="C16" s="184"/>
+      <c r="D16" s="184"/>
+      <c r="E16" s="184"/>
+      <c r="F16" s="184"/>
+      <c r="G16" s="184"/>
+      <c r="H16" s="184"/>
+      <c r="I16" s="184"/>
+      <c r="J16" s="184"/>
+      <c r="K16" s="184"/>
+      <c r="L16" s="184"/>
+      <c r="M16" s="184"/>
+      <c r="N16" s="184"/>
+      <c r="O16" s="184"/>
+      <c r="P16" s="184"/>
+      <c r="Q16" s="184"/>
+      <c r="R16" s="184"/>
+      <c r="S16" s="184"/>
+      <c r="T16" s="185"/>
+    </row>
+    <row r="17" spans="1:20" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="183" t="s">
         <v>324</v>
       </c>
-      <c r="S4" s="79" t="s">
-[...1008 lines deleted...]
-      <c r="L15" s="99" t="s">
+      <c r="B17" s="184"/>
+      <c r="C17" s="184"/>
+      <c r="D17" s="184"/>
+      <c r="E17" s="184"/>
+      <c r="F17" s="184"/>
+      <c r="G17" s="184"/>
+      <c r="H17" s="184"/>
+      <c r="I17" s="184"/>
+      <c r="J17" s="184"/>
+      <c r="K17" s="184"/>
+      <c r="L17" s="184"/>
+      <c r="M17" s="184"/>
+      <c r="N17" s="184"/>
+      <c r="O17" s="184"/>
+      <c r="P17" s="184"/>
+      <c r="Q17" s="184"/>
+      <c r="R17" s="184"/>
+      <c r="S17" s="184"/>
+      <c r="T17" s="185"/>
+    </row>
+    <row r="18" spans="1:20" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="183" t="s">
         <v>325</v>
       </c>
-      <c r="M15" s="100"/>
-[...88 lines deleted...]
-      <c r="T18" s="177"/>
+      <c r="B18" s="184"/>
+      <c r="C18" s="184"/>
+      <c r="D18" s="184"/>
+      <c r="E18" s="184"/>
+      <c r="F18" s="184"/>
+      <c r="G18" s="184"/>
+      <c r="H18" s="184"/>
+      <c r="I18" s="184"/>
+      <c r="J18" s="184"/>
+      <c r="K18" s="184"/>
+      <c r="L18" s="184"/>
+      <c r="M18" s="184"/>
+      <c r="N18" s="184"/>
+      <c r="O18" s="184"/>
+      <c r="P18" s="184"/>
+      <c r="Q18" s="184"/>
+      <c r="R18" s="184"/>
+      <c r="S18" s="184"/>
+      <c r="T18" s="185"/>
     </row>
     <row r="19" spans="1:20" ht="16.95" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="175" t="s">
-[...2204 lines deleted...]
-      <c r="R140" s="162"/>
+      <c r="A19" s="186" t="s">
+        <v>366</v>
+      </c>
+      <c r="B19" s="187"/>
+      <c r="C19" s="187"/>
+      <c r="D19" s="187"/>
+      <c r="E19" s="187"/>
+      <c r="F19" s="187"/>
+      <c r="G19" s="187"/>
+      <c r="H19" s="187"/>
+      <c r="I19" s="187"/>
+      <c r="J19" s="187"/>
+      <c r="K19" s="187"/>
+      <c r="L19" s="187"/>
+      <c r="M19" s="187"/>
+      <c r="N19" s="187"/>
+      <c r="O19" s="187"/>
+      <c r="P19" s="187"/>
+      <c r="Q19" s="187"/>
+      <c r="R19" s="187"/>
+      <c r="S19" s="187"/>
+      <c r="T19" s="188"/>
+    </row>
+    <row r="20" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="132"/>
+      <c r="B20" s="132"/>
+      <c r="C20" s="132"/>
+      <c r="E20" s="132"/>
+      <c r="G20" s="132"/>
+      <c r="H20" s="132"/>
+      <c r="I20" s="132"/>
+      <c r="J20" s="132"/>
+      <c r="K20" s="134"/>
+      <c r="L20" s="135"/>
+      <c r="M20" s="135"/>
+      <c r="N20" s="151"/>
+      <c r="O20" s="151"/>
+      <c r="P20" s="151"/>
+      <c r="Q20" s="151"/>
+      <c r="R20" s="151"/>
+      <c r="S20" s="151"/>
+      <c r="T20" s="151"/>
+    </row>
+    <row r="21" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="132"/>
+      <c r="B21" s="132"/>
+      <c r="C21" s="132"/>
+      <c r="E21" s="132"/>
+      <c r="G21" s="132"/>
+      <c r="H21" s="132"/>
+      <c r="I21" s="132"/>
+      <c r="J21" s="132"/>
+      <c r="K21" s="134"/>
+      <c r="L21" s="135"/>
+      <c r="M21" s="135"/>
+      <c r="N21" s="136"/>
+      <c r="O21" s="135"/>
+      <c r="P21" s="137"/>
+      <c r="Q21" s="138"/>
+      <c r="R21" s="135"/>
+      <c r="T21" s="149"/>
+    </row>
+    <row r="22" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="132"/>
+      <c r="B22" s="132"/>
+      <c r="C22" s="132"/>
+      <c r="E22" s="132"/>
+      <c r="G22" s="132"/>
+      <c r="H22" s="132"/>
+      <c r="I22" s="132"/>
+      <c r="J22" s="132"/>
+      <c r="K22" s="134"/>
+      <c r="L22" s="135"/>
+      <c r="M22" s="135"/>
+      <c r="N22" s="136"/>
+      <c r="O22" s="135"/>
+      <c r="P22" s="137"/>
+      <c r="Q22" s="138"/>
+      <c r="R22" s="135"/>
+    </row>
+    <row r="23" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="132"/>
+      <c r="B23" s="132"/>
+      <c r="C23" s="132"/>
+      <c r="E23" s="132"/>
+      <c r="G23" s="132"/>
+      <c r="H23" s="132"/>
+      <c r="I23" s="132"/>
+      <c r="J23" s="132"/>
+      <c r="K23" s="134"/>
+      <c r="L23" s="135"/>
+      <c r="M23" s="135"/>
+      <c r="N23" s="136"/>
+      <c r="O23" s="135"/>
+      <c r="P23" s="137"/>
+      <c r="Q23" s="138"/>
+      <c r="R23" s="135"/>
+    </row>
+    <row r="24" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="132"/>
+      <c r="B24" s="132"/>
+      <c r="C24" s="132"/>
+      <c r="E24" s="132"/>
+      <c r="G24" s="132"/>
+      <c r="H24" s="132"/>
+      <c r="I24" s="132"/>
+      <c r="J24" s="132"/>
+      <c r="K24" s="134"/>
+      <c r="L24" s="135"/>
+      <c r="M24" s="135"/>
+      <c r="N24" s="136"/>
+      <c r="O24" s="135"/>
+      <c r="P24" s="137"/>
+      <c r="Q24" s="138"/>
+      <c r="R24" s="135"/>
+    </row>
+    <row r="25" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="132"/>
+      <c r="B25" s="132"/>
+      <c r="C25" s="132"/>
+      <c r="E25" s="132"/>
+      <c r="G25" s="132"/>
+      <c r="H25" s="132"/>
+      <c r="I25" s="132"/>
+      <c r="J25" s="132"/>
+      <c r="K25" s="134"/>
+      <c r="L25" s="135"/>
+      <c r="M25" s="135"/>
+      <c r="N25" s="136"/>
+      <c r="O25" s="135"/>
+      <c r="P25" s="137"/>
+      <c r="Q25" s="138"/>
+      <c r="R25" s="135"/>
+    </row>
+    <row r="26" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="132"/>
+      <c r="B26" s="132"/>
+      <c r="C26" s="132"/>
+      <c r="E26" s="132"/>
+      <c r="G26" s="132"/>
+      <c r="H26" s="132"/>
+      <c r="I26" s="132"/>
+      <c r="J26" s="132"/>
+      <c r="K26" s="134"/>
+      <c r="L26" s="135"/>
+      <c r="M26" s="135"/>
+      <c r="N26" s="136"/>
+      <c r="O26" s="135"/>
+      <c r="P26" s="137"/>
+      <c r="Q26" s="138"/>
+      <c r="R26" s="135"/>
+    </row>
+    <row r="27" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="132"/>
+      <c r="B27" s="132"/>
+      <c r="C27" s="132"/>
+      <c r="E27" s="132"/>
+      <c r="G27" s="132"/>
+      <c r="H27" s="132"/>
+      <c r="I27" s="132"/>
+      <c r="J27" s="132"/>
+      <c r="K27" s="134"/>
+      <c r="L27" s="135"/>
+      <c r="M27" s="135"/>
+      <c r="N27" s="136"/>
+      <c r="O27" s="135"/>
+      <c r="P27" s="137"/>
+      <c r="Q27" s="138"/>
+      <c r="R27" s="135"/>
+    </row>
+    <row r="28" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="132"/>
+      <c r="B28" s="132"/>
+      <c r="C28" s="132"/>
+      <c r="E28" s="132"/>
+      <c r="G28" s="132"/>
+      <c r="H28" s="132"/>
+      <c r="I28" s="132"/>
+      <c r="J28" s="132"/>
+      <c r="K28" s="134"/>
+      <c r="L28" s="135"/>
+      <c r="M28" s="135"/>
+      <c r="N28" s="136"/>
+      <c r="O28" s="135"/>
+      <c r="P28" s="137"/>
+      <c r="Q28" s="138"/>
+      <c r="R28" s="135"/>
+    </row>
+    <row r="29" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="132"/>
+      <c r="B29" s="132"/>
+      <c r="C29" s="132"/>
+      <c r="E29" s="132"/>
+      <c r="G29" s="132"/>
+      <c r="H29" s="132"/>
+      <c r="I29" s="132"/>
+      <c r="J29" s="132"/>
+      <c r="K29" s="134"/>
+      <c r="L29" s="135"/>
+      <c r="M29" s="135"/>
+      <c r="N29" s="136"/>
+      <c r="O29" s="135"/>
+      <c r="P29" s="137"/>
+      <c r="Q29" s="138"/>
+      <c r="R29" s="135"/>
+    </row>
+    <row r="30" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="132"/>
+      <c r="B30" s="132"/>
+      <c r="C30" s="132"/>
+      <c r="E30" s="132"/>
+      <c r="G30" s="132"/>
+      <c r="H30" s="132"/>
+      <c r="I30" s="132"/>
+      <c r="J30" s="132"/>
+      <c r="K30" s="134"/>
+      <c r="L30" s="135"/>
+      <c r="M30" s="135"/>
+      <c r="N30" s="136"/>
+      <c r="O30" s="135"/>
+      <c r="P30" s="137"/>
+      <c r="Q30" s="138"/>
+      <c r="R30" s="135"/>
+    </row>
+    <row r="31" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="132"/>
+      <c r="B31" s="132"/>
+      <c r="C31" s="132"/>
+      <c r="E31" s="132"/>
+      <c r="G31" s="132"/>
+      <c r="H31" s="132"/>
+      <c r="I31" s="132"/>
+      <c r="J31" s="132"/>
+      <c r="K31" s="134"/>
+      <c r="L31" s="135"/>
+      <c r="M31" s="135"/>
+      <c r="N31" s="136"/>
+      <c r="O31" s="135"/>
+      <c r="P31" s="137"/>
+      <c r="Q31" s="138"/>
+      <c r="R31" s="135"/>
+    </row>
+    <row r="32" spans="1:20" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="132"/>
+      <c r="B32" s="132"/>
+      <c r="C32" s="132"/>
+      <c r="E32" s="132"/>
+      <c r="G32" s="132"/>
+      <c r="H32" s="132"/>
+      <c r="I32" s="132"/>
+      <c r="J32" s="132"/>
+      <c r="K32" s="134"/>
+      <c r="L32" s="135"/>
+      <c r="M32" s="135"/>
+      <c r="N32" s="136"/>
+      <c r="O32" s="135"/>
+      <c r="P32" s="137"/>
+      <c r="Q32" s="138"/>
+      <c r="R32" s="135"/>
+    </row>
+    <row r="33" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="132"/>
+      <c r="B33" s="132"/>
+      <c r="C33" s="132"/>
+      <c r="E33" s="132"/>
+      <c r="G33" s="132"/>
+      <c r="H33" s="132"/>
+      <c r="I33" s="132"/>
+      <c r="J33" s="132"/>
+      <c r="K33" s="134"/>
+      <c r="L33" s="135"/>
+      <c r="M33" s="135"/>
+      <c r="N33" s="136"/>
+      <c r="O33" s="135"/>
+      <c r="P33" s="137"/>
+      <c r="Q33" s="138"/>
+      <c r="R33" s="135"/>
+    </row>
+    <row r="34" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="132"/>
+      <c r="B34" s="132"/>
+      <c r="C34" s="132"/>
+      <c r="E34" s="132"/>
+      <c r="G34" s="132"/>
+      <c r="H34" s="132"/>
+      <c r="I34" s="132"/>
+      <c r="J34" s="132"/>
+      <c r="K34" s="134"/>
+      <c r="L34" s="135"/>
+      <c r="M34" s="135"/>
+      <c r="N34" s="136"/>
+      <c r="O34" s="135"/>
+      <c r="P34" s="137"/>
+      <c r="Q34" s="138"/>
+      <c r="R34" s="135"/>
+    </row>
+    <row r="35" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="132"/>
+      <c r="B35" s="132"/>
+      <c r="C35" s="132"/>
+      <c r="E35" s="132"/>
+      <c r="G35" s="132"/>
+      <c r="H35" s="132"/>
+      <c r="I35" s="132"/>
+      <c r="J35" s="132"/>
+      <c r="K35" s="134"/>
+      <c r="L35" s="135"/>
+      <c r="M35" s="135"/>
+      <c r="N35" s="136"/>
+      <c r="O35" s="135"/>
+      <c r="P35" s="137"/>
+      <c r="Q35" s="138"/>
+      <c r="R35" s="135"/>
+    </row>
+    <row r="36" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="132"/>
+      <c r="B36" s="132"/>
+      <c r="C36" s="132"/>
+      <c r="E36" s="132"/>
+      <c r="G36" s="132"/>
+      <c r="H36" s="132"/>
+      <c r="I36" s="132"/>
+      <c r="J36" s="132"/>
+      <c r="K36" s="134"/>
+      <c r="L36" s="135"/>
+      <c r="M36" s="135"/>
+      <c r="N36" s="136"/>
+      <c r="O36" s="135"/>
+      <c r="P36" s="137"/>
+      <c r="Q36" s="138"/>
+      <c r="R36" s="135"/>
+    </row>
+    <row r="37" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="132"/>
+      <c r="B37" s="132"/>
+      <c r="C37" s="132"/>
+      <c r="E37" s="132"/>
+      <c r="G37" s="132"/>
+      <c r="H37" s="132"/>
+      <c r="I37" s="132"/>
+      <c r="J37" s="132"/>
+      <c r="K37" s="134"/>
+      <c r="L37" s="135"/>
+      <c r="M37" s="135"/>
+      <c r="N37" s="136"/>
+      <c r="O37" s="135"/>
+      <c r="P37" s="137"/>
+      <c r="Q37" s="138"/>
+      <c r="R37" s="135"/>
+    </row>
+    <row r="38" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="132"/>
+      <c r="B38" s="132"/>
+      <c r="C38" s="132"/>
+      <c r="E38" s="132"/>
+      <c r="G38" s="132"/>
+      <c r="H38" s="132"/>
+      <c r="I38" s="132"/>
+      <c r="J38" s="132"/>
+      <c r="K38" s="134"/>
+      <c r="L38" s="135"/>
+      <c r="M38" s="135"/>
+      <c r="N38" s="136"/>
+      <c r="O38" s="135"/>
+      <c r="P38" s="137"/>
+      <c r="Q38" s="138"/>
+      <c r="R38" s="135"/>
+    </row>
+    <row r="39" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="132"/>
+      <c r="B39" s="132"/>
+      <c r="C39" s="132"/>
+      <c r="E39" s="132"/>
+      <c r="G39" s="132"/>
+      <c r="H39" s="132"/>
+      <c r="I39" s="132"/>
+      <c r="J39" s="132"/>
+      <c r="K39" s="134"/>
+      <c r="L39" s="135"/>
+      <c r="M39" s="135"/>
+      <c r="N39" s="136"/>
+      <c r="O39" s="135"/>
+      <c r="P39" s="137"/>
+      <c r="Q39" s="138"/>
+      <c r="R39" s="135"/>
+    </row>
+    <row r="40" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="132"/>
+      <c r="B40" s="132"/>
+      <c r="C40" s="132"/>
+      <c r="E40" s="132"/>
+      <c r="G40" s="132"/>
+      <c r="H40" s="132"/>
+      <c r="I40" s="132"/>
+      <c r="J40" s="132"/>
+      <c r="K40" s="134"/>
+      <c r="L40" s="135"/>
+      <c r="M40" s="135"/>
+      <c r="N40" s="136"/>
+      <c r="O40" s="135"/>
+      <c r="P40" s="137"/>
+      <c r="Q40" s="138"/>
+      <c r="R40" s="135"/>
+    </row>
+    <row r="41" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="132"/>
+      <c r="B41" s="132"/>
+      <c r="C41" s="132"/>
+      <c r="E41" s="132"/>
+      <c r="G41" s="132"/>
+      <c r="H41" s="132"/>
+      <c r="I41" s="132"/>
+      <c r="J41" s="132"/>
+      <c r="K41" s="134"/>
+      <c r="L41" s="135"/>
+      <c r="M41" s="135"/>
+      <c r="N41" s="136"/>
+      <c r="O41" s="135"/>
+      <c r="P41" s="137"/>
+      <c r="Q41" s="138"/>
+      <c r="R41" s="135"/>
+    </row>
+    <row r="42" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="132"/>
+      <c r="B42" s="132"/>
+      <c r="C42" s="132"/>
+      <c r="E42" s="132"/>
+      <c r="G42" s="132"/>
+      <c r="H42" s="132"/>
+      <c r="I42" s="132"/>
+      <c r="J42" s="132"/>
+      <c r="K42" s="134"/>
+      <c r="L42" s="135"/>
+      <c r="M42" s="135"/>
+      <c r="N42" s="136"/>
+      <c r="O42" s="135"/>
+      <c r="P42" s="137"/>
+      <c r="Q42" s="138"/>
+      <c r="R42" s="135"/>
+    </row>
+    <row r="43" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="132"/>
+      <c r="B43" s="132"/>
+      <c r="C43" s="132"/>
+      <c r="E43" s="132"/>
+      <c r="G43" s="132"/>
+      <c r="H43" s="132"/>
+      <c r="I43" s="132"/>
+      <c r="J43" s="132"/>
+      <c r="K43" s="134"/>
+      <c r="L43" s="135"/>
+      <c r="M43" s="135"/>
+      <c r="N43" s="136"/>
+      <c r="O43" s="135"/>
+      <c r="P43" s="137"/>
+      <c r="Q43" s="138"/>
+      <c r="R43" s="135"/>
+    </row>
+    <row r="44" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="132"/>
+      <c r="B44" s="132"/>
+      <c r="C44" s="132"/>
+      <c r="E44" s="132"/>
+      <c r="G44" s="132"/>
+      <c r="H44" s="132"/>
+      <c r="I44" s="132"/>
+      <c r="J44" s="132"/>
+      <c r="K44" s="134"/>
+      <c r="L44" s="135"/>
+      <c r="M44" s="135"/>
+      <c r="N44" s="136"/>
+      <c r="O44" s="135"/>
+      <c r="P44" s="137"/>
+      <c r="Q44" s="138"/>
+      <c r="R44" s="135"/>
+    </row>
+    <row r="45" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="132"/>
+      <c r="B45" s="132"/>
+      <c r="C45" s="132"/>
+      <c r="E45" s="132"/>
+      <c r="G45" s="132"/>
+      <c r="H45" s="132"/>
+      <c r="I45" s="132"/>
+      <c r="J45" s="132"/>
+      <c r="K45" s="134"/>
+      <c r="L45" s="135"/>
+      <c r="M45" s="135"/>
+      <c r="N45" s="136"/>
+      <c r="O45" s="135"/>
+      <c r="P45" s="137"/>
+      <c r="Q45" s="138"/>
+      <c r="R45" s="135"/>
+    </row>
+    <row r="46" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="132"/>
+      <c r="B46" s="132"/>
+      <c r="C46" s="132"/>
+      <c r="E46" s="132"/>
+      <c r="G46" s="132"/>
+      <c r="H46" s="132"/>
+      <c r="I46" s="132"/>
+      <c r="J46" s="132"/>
+      <c r="K46" s="134"/>
+      <c r="L46" s="135"/>
+      <c r="M46" s="135"/>
+      <c r="N46" s="136"/>
+      <c r="O46" s="135"/>
+      <c r="P46" s="137"/>
+      <c r="Q46" s="138"/>
+      <c r="R46" s="135"/>
+    </row>
+    <row r="47" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="132"/>
+      <c r="B47" s="132"/>
+      <c r="C47" s="132"/>
+      <c r="E47" s="132"/>
+      <c r="G47" s="132"/>
+      <c r="H47" s="132"/>
+      <c r="I47" s="132"/>
+      <c r="J47" s="132"/>
+      <c r="K47" s="134"/>
+      <c r="L47" s="135"/>
+      <c r="M47" s="135"/>
+      <c r="N47" s="136"/>
+      <c r="O47" s="135"/>
+      <c r="P47" s="137"/>
+      <c r="Q47" s="138"/>
+      <c r="R47" s="135"/>
+    </row>
+    <row r="48" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="132"/>
+      <c r="B48" s="132"/>
+      <c r="C48" s="132"/>
+      <c r="E48" s="132"/>
+      <c r="G48" s="132"/>
+      <c r="H48" s="132"/>
+      <c r="I48" s="132"/>
+      <c r="J48" s="132"/>
+      <c r="K48" s="134"/>
+      <c r="L48" s="135"/>
+      <c r="M48" s="135"/>
+      <c r="N48" s="136"/>
+      <c r="O48" s="135"/>
+      <c r="P48" s="137"/>
+      <c r="Q48" s="138"/>
+      <c r="R48" s="135"/>
+    </row>
+    <row r="49" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="132"/>
+      <c r="B49" s="132"/>
+      <c r="C49" s="132"/>
+      <c r="E49" s="132"/>
+      <c r="G49" s="132"/>
+      <c r="H49" s="132"/>
+      <c r="I49" s="132"/>
+      <c r="J49" s="132"/>
+      <c r="K49" s="134"/>
+      <c r="L49" s="135"/>
+      <c r="M49" s="135"/>
+      <c r="N49" s="136"/>
+      <c r="O49" s="135"/>
+      <c r="P49" s="137"/>
+      <c r="Q49" s="138"/>
+      <c r="R49" s="135"/>
+    </row>
+    <row r="50" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="132"/>
+      <c r="B50" s="132"/>
+      <c r="C50" s="132"/>
+      <c r="E50" s="132"/>
+      <c r="G50" s="132"/>
+      <c r="H50" s="132"/>
+      <c r="I50" s="132"/>
+      <c r="J50" s="132"/>
+      <c r="K50" s="134"/>
+      <c r="L50" s="135"/>
+      <c r="M50" s="135"/>
+      <c r="N50" s="136"/>
+      <c r="O50" s="135"/>
+      <c r="P50" s="137"/>
+      <c r="Q50" s="138"/>
+      <c r="R50" s="135"/>
+    </row>
+    <row r="51" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="132"/>
+      <c r="B51" s="132"/>
+      <c r="C51" s="132"/>
+      <c r="E51" s="132"/>
+      <c r="G51" s="132"/>
+      <c r="H51" s="132"/>
+      <c r="I51" s="132"/>
+      <c r="J51" s="132"/>
+      <c r="K51" s="134"/>
+      <c r="L51" s="135"/>
+      <c r="M51" s="135"/>
+      <c r="N51" s="136"/>
+      <c r="O51" s="135"/>
+      <c r="P51" s="137"/>
+      <c r="Q51" s="138"/>
+      <c r="R51" s="135"/>
+    </row>
+    <row r="52" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="132"/>
+      <c r="B52" s="132"/>
+      <c r="C52" s="132"/>
+      <c r="E52" s="132"/>
+      <c r="G52" s="132"/>
+      <c r="H52" s="132"/>
+      <c r="I52" s="132"/>
+      <c r="J52" s="132"/>
+      <c r="K52" s="134"/>
+      <c r="L52" s="135"/>
+      <c r="M52" s="135"/>
+      <c r="N52" s="136"/>
+      <c r="O52" s="135"/>
+      <c r="P52" s="137"/>
+      <c r="Q52" s="138"/>
+      <c r="R52" s="135"/>
+    </row>
+    <row r="53" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="132"/>
+      <c r="B53" s="132"/>
+      <c r="C53" s="132"/>
+      <c r="E53" s="132"/>
+      <c r="G53" s="132"/>
+      <c r="H53" s="132"/>
+      <c r="I53" s="132"/>
+      <c r="J53" s="132"/>
+      <c r="K53" s="134"/>
+      <c r="L53" s="135"/>
+      <c r="M53" s="135"/>
+      <c r="N53" s="136"/>
+      <c r="O53" s="135"/>
+      <c r="P53" s="137"/>
+      <c r="Q53" s="138"/>
+      <c r="R53" s="135"/>
+    </row>
+    <row r="54" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="132"/>
+      <c r="B54" s="132"/>
+      <c r="C54" s="132"/>
+      <c r="E54" s="132"/>
+      <c r="G54" s="132"/>
+      <c r="H54" s="132"/>
+      <c r="I54" s="132"/>
+      <c r="J54" s="132"/>
+      <c r="K54" s="134"/>
+      <c r="L54" s="135"/>
+      <c r="M54" s="135"/>
+      <c r="N54" s="136"/>
+      <c r="O54" s="135"/>
+      <c r="P54" s="137"/>
+      <c r="Q54" s="138"/>
+      <c r="R54" s="135"/>
+    </row>
+    <row r="55" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="132"/>
+      <c r="B55" s="132"/>
+      <c r="C55" s="132"/>
+      <c r="E55" s="132"/>
+      <c r="G55" s="132"/>
+      <c r="H55" s="132"/>
+      <c r="I55" s="132"/>
+      <c r="J55" s="132"/>
+      <c r="K55" s="134"/>
+      <c r="L55" s="135"/>
+      <c r="M55" s="135"/>
+      <c r="N55" s="136"/>
+      <c r="O55" s="135"/>
+      <c r="P55" s="137"/>
+      <c r="Q55" s="138"/>
+      <c r="R55" s="135"/>
+    </row>
+    <row r="56" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="132"/>
+      <c r="B56" s="132"/>
+      <c r="C56" s="132"/>
+      <c r="E56" s="132"/>
+      <c r="G56" s="132"/>
+      <c r="H56" s="132"/>
+      <c r="I56" s="132"/>
+      <c r="J56" s="132"/>
+      <c r="K56" s="134"/>
+      <c r="L56" s="135"/>
+      <c r="M56" s="135"/>
+      <c r="N56" s="136"/>
+      <c r="O56" s="135"/>
+      <c r="P56" s="137"/>
+      <c r="Q56" s="138"/>
+      <c r="R56" s="135"/>
+    </row>
+    <row r="57" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="132"/>
+      <c r="B57" s="132"/>
+      <c r="C57" s="132"/>
+      <c r="E57" s="132"/>
+      <c r="G57" s="132"/>
+      <c r="H57" s="132"/>
+      <c r="I57" s="132"/>
+      <c r="J57" s="132"/>
+      <c r="K57" s="134"/>
+      <c r="L57" s="135"/>
+      <c r="M57" s="135"/>
+      <c r="N57" s="136"/>
+      <c r="O57" s="135"/>
+      <c r="P57" s="137"/>
+      <c r="Q57" s="138"/>
+      <c r="R57" s="135"/>
+    </row>
+    <row r="58" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="132"/>
+      <c r="B58" s="132"/>
+      <c r="C58" s="132"/>
+      <c r="E58" s="132"/>
+      <c r="G58" s="132"/>
+      <c r="H58" s="132"/>
+      <c r="I58" s="132"/>
+      <c r="J58" s="132"/>
+      <c r="K58" s="134"/>
+      <c r="L58" s="135"/>
+      <c r="M58" s="135"/>
+      <c r="N58" s="136"/>
+      <c r="O58" s="135"/>
+      <c r="P58" s="137"/>
+      <c r="Q58" s="138"/>
+      <c r="R58" s="135"/>
+    </row>
+    <row r="59" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="132"/>
+      <c r="B59" s="132"/>
+      <c r="C59" s="132"/>
+      <c r="E59" s="132"/>
+      <c r="G59" s="132"/>
+      <c r="H59" s="132"/>
+      <c r="I59" s="132"/>
+      <c r="J59" s="132"/>
+      <c r="K59" s="134"/>
+      <c r="L59" s="135"/>
+      <c r="M59" s="135"/>
+      <c r="N59" s="136"/>
+      <c r="O59" s="135"/>
+      <c r="P59" s="137"/>
+      <c r="Q59" s="138"/>
+      <c r="R59" s="135"/>
+    </row>
+    <row r="60" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="132"/>
+      <c r="B60" s="132"/>
+      <c r="C60" s="132"/>
+      <c r="E60" s="132"/>
+      <c r="G60" s="132"/>
+      <c r="H60" s="132"/>
+      <c r="I60" s="132"/>
+      <c r="J60" s="132"/>
+      <c r="K60" s="134"/>
+      <c r="L60" s="135"/>
+      <c r="M60" s="135"/>
+      <c r="N60" s="136"/>
+      <c r="O60" s="135"/>
+      <c r="P60" s="137"/>
+      <c r="Q60" s="138"/>
+      <c r="R60" s="135"/>
+    </row>
+    <row r="61" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="132"/>
+      <c r="B61" s="132"/>
+      <c r="C61" s="132"/>
+      <c r="E61" s="132"/>
+      <c r="G61" s="132"/>
+      <c r="H61" s="132"/>
+      <c r="I61" s="132"/>
+      <c r="J61" s="132"/>
+      <c r="K61" s="134"/>
+      <c r="L61" s="135"/>
+      <c r="M61" s="135"/>
+      <c r="N61" s="136"/>
+      <c r="O61" s="135"/>
+      <c r="P61" s="137"/>
+      <c r="Q61" s="138"/>
+      <c r="R61" s="135"/>
+    </row>
+    <row r="62" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="132"/>
+      <c r="B62" s="132"/>
+      <c r="C62" s="132"/>
+      <c r="E62" s="132"/>
+      <c r="G62" s="132"/>
+      <c r="H62" s="132"/>
+      <c r="I62" s="132"/>
+      <c r="J62" s="132"/>
+      <c r="K62" s="134"/>
+      <c r="L62" s="135"/>
+      <c r="M62" s="135"/>
+      <c r="N62" s="136"/>
+      <c r="O62" s="135"/>
+      <c r="P62" s="137"/>
+      <c r="Q62" s="138"/>
+      <c r="R62" s="135"/>
+    </row>
+    <row r="63" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="132"/>
+      <c r="B63" s="132"/>
+      <c r="C63" s="132"/>
+      <c r="E63" s="132"/>
+      <c r="G63" s="132"/>
+      <c r="H63" s="132"/>
+      <c r="I63" s="132"/>
+      <c r="J63" s="132"/>
+      <c r="K63" s="134"/>
+      <c r="L63" s="135"/>
+      <c r="M63" s="135"/>
+      <c r="N63" s="136"/>
+      <c r="O63" s="135"/>
+      <c r="P63" s="137"/>
+      <c r="Q63" s="138"/>
+      <c r="R63" s="135"/>
+    </row>
+    <row r="64" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="132"/>
+      <c r="B64" s="132"/>
+      <c r="C64" s="132"/>
+      <c r="E64" s="132"/>
+      <c r="G64" s="132"/>
+      <c r="H64" s="132"/>
+      <c r="I64" s="132"/>
+      <c r="J64" s="132"/>
+      <c r="K64" s="134"/>
+      <c r="L64" s="135"/>
+      <c r="M64" s="135"/>
+      <c r="N64" s="136"/>
+      <c r="O64" s="135"/>
+      <c r="P64" s="137"/>
+      <c r="Q64" s="138"/>
+      <c r="R64" s="135"/>
+    </row>
+    <row r="65" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="132"/>
+      <c r="B65" s="132"/>
+      <c r="C65" s="132"/>
+      <c r="E65" s="132"/>
+      <c r="G65" s="132"/>
+      <c r="H65" s="132"/>
+      <c r="I65" s="132"/>
+      <c r="J65" s="132"/>
+      <c r="K65" s="134"/>
+      <c r="L65" s="135"/>
+      <c r="M65" s="135"/>
+      <c r="N65" s="136"/>
+      <c r="O65" s="135"/>
+      <c r="P65" s="137"/>
+      <c r="Q65" s="138"/>
+      <c r="R65" s="135"/>
+    </row>
+    <row r="66" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="132"/>
+      <c r="B66" s="132"/>
+      <c r="C66" s="132"/>
+      <c r="E66" s="132"/>
+      <c r="G66" s="132"/>
+      <c r="H66" s="132"/>
+      <c r="I66" s="132"/>
+      <c r="J66" s="132"/>
+      <c r="K66" s="134"/>
+      <c r="L66" s="135"/>
+      <c r="M66" s="135"/>
+      <c r="N66" s="136"/>
+      <c r="O66" s="135"/>
+      <c r="P66" s="137"/>
+      <c r="Q66" s="138"/>
+      <c r="R66" s="135"/>
+    </row>
+    <row r="67" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="132"/>
+      <c r="B67" s="132"/>
+      <c r="C67" s="132"/>
+      <c r="E67" s="132"/>
+      <c r="G67" s="132"/>
+      <c r="H67" s="132"/>
+      <c r="I67" s="132"/>
+      <c r="J67" s="132"/>
+      <c r="K67" s="134"/>
+      <c r="L67" s="135"/>
+      <c r="M67" s="135"/>
+      <c r="N67" s="136"/>
+      <c r="O67" s="135"/>
+      <c r="P67" s="137"/>
+      <c r="Q67" s="138"/>
+      <c r="R67" s="135"/>
+    </row>
+    <row r="68" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="132"/>
+      <c r="B68" s="132"/>
+      <c r="C68" s="132"/>
+      <c r="E68" s="132"/>
+      <c r="G68" s="132"/>
+      <c r="H68" s="132"/>
+      <c r="I68" s="132"/>
+      <c r="J68" s="132"/>
+      <c r="K68" s="134"/>
+      <c r="L68" s="135"/>
+      <c r="M68" s="135"/>
+      <c r="N68" s="136"/>
+      <c r="O68" s="135"/>
+      <c r="P68" s="137"/>
+      <c r="Q68" s="138"/>
+      <c r="R68" s="135"/>
+    </row>
+    <row r="69" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="132"/>
+      <c r="B69" s="132"/>
+      <c r="C69" s="132"/>
+      <c r="E69" s="132"/>
+      <c r="G69" s="132"/>
+      <c r="H69" s="132"/>
+      <c r="I69" s="132"/>
+      <c r="J69" s="132"/>
+      <c r="K69" s="134"/>
+      <c r="L69" s="135"/>
+      <c r="M69" s="135"/>
+      <c r="N69" s="136"/>
+      <c r="O69" s="135"/>
+      <c r="P69" s="137"/>
+      <c r="Q69" s="138"/>
+      <c r="R69" s="135"/>
+    </row>
+    <row r="70" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="132"/>
+      <c r="B70" s="132"/>
+      <c r="C70" s="132"/>
+      <c r="E70" s="132"/>
+      <c r="G70" s="132"/>
+      <c r="H70" s="132"/>
+      <c r="I70" s="132"/>
+      <c r="J70" s="132"/>
+      <c r="K70" s="134"/>
+      <c r="L70" s="135"/>
+      <c r="M70" s="135"/>
+      <c r="N70" s="136"/>
+      <c r="O70" s="135"/>
+      <c r="P70" s="137"/>
+      <c r="Q70" s="138"/>
+      <c r="R70" s="135"/>
+    </row>
+    <row r="71" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="132"/>
+      <c r="B71" s="132"/>
+      <c r="C71" s="132"/>
+      <c r="E71" s="132"/>
+      <c r="G71" s="132"/>
+      <c r="H71" s="132"/>
+      <c r="I71" s="132"/>
+      <c r="J71" s="132"/>
+      <c r="K71" s="134"/>
+      <c r="L71" s="135"/>
+      <c r="M71" s="135"/>
+      <c r="N71" s="136"/>
+      <c r="O71" s="135"/>
+      <c r="P71" s="137"/>
+      <c r="Q71" s="138"/>
+      <c r="R71" s="135"/>
+    </row>
+    <row r="72" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="132"/>
+      <c r="B72" s="132"/>
+      <c r="C72" s="132"/>
+      <c r="E72" s="132"/>
+      <c r="G72" s="132"/>
+      <c r="H72" s="132"/>
+      <c r="I72" s="132"/>
+      <c r="J72" s="132"/>
+      <c r="K72" s="134"/>
+      <c r="L72" s="135"/>
+      <c r="M72" s="135"/>
+      <c r="N72" s="136"/>
+      <c r="O72" s="135"/>
+      <c r="P72" s="137"/>
+      <c r="Q72" s="138"/>
+      <c r="R72" s="135"/>
+    </row>
+    <row r="73" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="132"/>
+      <c r="B73" s="132"/>
+      <c r="C73" s="132"/>
+      <c r="E73" s="132"/>
+      <c r="G73" s="132"/>
+      <c r="H73" s="132"/>
+      <c r="I73" s="132"/>
+      <c r="J73" s="132"/>
+      <c r="K73" s="134"/>
+      <c r="L73" s="135"/>
+      <c r="M73" s="135"/>
+      <c r="N73" s="136"/>
+      <c r="O73" s="135"/>
+      <c r="P73" s="137"/>
+      <c r="Q73" s="138"/>
+      <c r="R73" s="135"/>
+    </row>
+    <row r="74" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="132"/>
+      <c r="B74" s="132"/>
+      <c r="C74" s="132"/>
+      <c r="E74" s="132"/>
+      <c r="G74" s="132"/>
+      <c r="H74" s="132"/>
+      <c r="I74" s="132"/>
+      <c r="J74" s="132"/>
+      <c r="K74" s="134"/>
+      <c r="L74" s="135"/>
+      <c r="M74" s="135"/>
+      <c r="N74" s="136"/>
+      <c r="O74" s="135"/>
+      <c r="P74" s="137"/>
+      <c r="Q74" s="138"/>
+      <c r="R74" s="135"/>
+    </row>
+    <row r="75" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="132"/>
+      <c r="B75" s="132"/>
+      <c r="C75" s="132"/>
+      <c r="E75" s="132"/>
+      <c r="G75" s="132"/>
+      <c r="H75" s="132"/>
+      <c r="I75" s="132"/>
+      <c r="J75" s="132"/>
+      <c r="K75" s="134"/>
+      <c r="L75" s="135"/>
+      <c r="M75" s="135"/>
+      <c r="N75" s="136"/>
+      <c r="O75" s="135"/>
+      <c r="P75" s="137"/>
+      <c r="Q75" s="138"/>
+      <c r="R75" s="135"/>
+    </row>
+    <row r="76" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="132"/>
+      <c r="B76" s="132"/>
+      <c r="C76" s="132"/>
+      <c r="E76" s="132"/>
+      <c r="G76" s="132"/>
+      <c r="H76" s="132"/>
+      <c r="I76" s="132"/>
+      <c r="J76" s="132"/>
+      <c r="K76" s="134"/>
+      <c r="L76" s="135"/>
+      <c r="M76" s="135"/>
+      <c r="N76" s="136"/>
+      <c r="O76" s="135"/>
+      <c r="P76" s="137"/>
+      <c r="Q76" s="138"/>
+      <c r="R76" s="135"/>
+    </row>
+    <row r="77" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="132"/>
+      <c r="B77" s="132"/>
+      <c r="C77" s="132"/>
+      <c r="E77" s="132"/>
+      <c r="G77" s="132"/>
+      <c r="H77" s="132"/>
+      <c r="I77" s="132"/>
+      <c r="J77" s="132"/>
+      <c r="K77" s="134"/>
+      <c r="L77" s="135"/>
+      <c r="M77" s="135"/>
+      <c r="N77" s="136"/>
+      <c r="O77" s="135"/>
+      <c r="P77" s="137"/>
+      <c r="Q77" s="138"/>
+      <c r="R77" s="135"/>
+    </row>
+    <row r="78" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="132"/>
+      <c r="B78" s="132"/>
+      <c r="C78" s="132"/>
+      <c r="E78" s="132"/>
+      <c r="G78" s="132"/>
+      <c r="H78" s="132"/>
+      <c r="I78" s="132"/>
+      <c r="J78" s="132"/>
+      <c r="K78" s="134"/>
+      <c r="L78" s="135"/>
+      <c r="M78" s="135"/>
+      <c r="N78" s="136"/>
+      <c r="O78" s="135"/>
+      <c r="P78" s="137"/>
+      <c r="Q78" s="138"/>
+      <c r="R78" s="135"/>
+    </row>
+    <row r="79" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="132"/>
+      <c r="B79" s="132"/>
+      <c r="C79" s="132"/>
+      <c r="E79" s="132"/>
+      <c r="G79" s="132"/>
+      <c r="H79" s="132"/>
+      <c r="I79" s="132"/>
+      <c r="J79" s="132"/>
+      <c r="K79" s="134"/>
+      <c r="L79" s="135"/>
+      <c r="M79" s="135"/>
+      <c r="N79" s="136"/>
+      <c r="O79" s="135"/>
+      <c r="P79" s="137"/>
+      <c r="Q79" s="138"/>
+      <c r="R79" s="135"/>
+    </row>
+    <row r="80" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="132"/>
+      <c r="B80" s="132"/>
+      <c r="C80" s="132"/>
+      <c r="E80" s="132"/>
+      <c r="G80" s="132"/>
+      <c r="H80" s="132"/>
+      <c r="I80" s="132"/>
+      <c r="J80" s="132"/>
+      <c r="K80" s="134"/>
+      <c r="L80" s="135"/>
+      <c r="M80" s="135"/>
+      <c r="N80" s="136"/>
+      <c r="O80" s="135"/>
+      <c r="P80" s="137"/>
+      <c r="Q80" s="138"/>
+      <c r="R80" s="135"/>
+    </row>
+    <row r="81" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="132"/>
+      <c r="B81" s="132"/>
+      <c r="C81" s="132"/>
+      <c r="E81" s="132"/>
+      <c r="G81" s="132"/>
+      <c r="H81" s="132"/>
+      <c r="I81" s="132"/>
+      <c r="J81" s="132"/>
+      <c r="K81" s="134"/>
+      <c r="L81" s="135"/>
+      <c r="M81" s="135"/>
+      <c r="N81" s="136"/>
+      <c r="O81" s="135"/>
+      <c r="P81" s="137"/>
+      <c r="Q81" s="138"/>
+      <c r="R81" s="135"/>
+    </row>
+    <row r="82" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="132"/>
+      <c r="B82" s="132"/>
+      <c r="C82" s="132"/>
+      <c r="E82" s="132"/>
+      <c r="G82" s="132"/>
+      <c r="H82" s="132"/>
+      <c r="I82" s="132"/>
+      <c r="J82" s="132"/>
+      <c r="K82" s="134"/>
+      <c r="L82" s="135"/>
+      <c r="M82" s="135"/>
+      <c r="N82" s="136"/>
+      <c r="O82" s="135"/>
+      <c r="P82" s="137"/>
+      <c r="Q82" s="138"/>
+      <c r="R82" s="135"/>
+    </row>
+    <row r="83" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="132"/>
+      <c r="B83" s="132"/>
+      <c r="C83" s="132"/>
+      <c r="E83" s="132"/>
+      <c r="G83" s="132"/>
+      <c r="H83" s="132"/>
+      <c r="I83" s="132"/>
+      <c r="J83" s="132"/>
+      <c r="K83" s="134"/>
+      <c r="L83" s="135"/>
+      <c r="M83" s="135"/>
+      <c r="N83" s="136"/>
+      <c r="O83" s="135"/>
+      <c r="P83" s="137"/>
+      <c r="Q83" s="138"/>
+      <c r="R83" s="135"/>
+    </row>
+    <row r="84" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="132"/>
+      <c r="B84" s="132"/>
+      <c r="C84" s="132"/>
+      <c r="E84" s="132"/>
+      <c r="G84" s="132"/>
+      <c r="H84" s="132"/>
+      <c r="I84" s="132"/>
+      <c r="J84" s="132"/>
+      <c r="K84" s="134"/>
+      <c r="L84" s="135"/>
+      <c r="M84" s="135"/>
+      <c r="N84" s="136"/>
+      <c r="O84" s="135"/>
+      <c r="P84" s="137"/>
+      <c r="Q84" s="138"/>
+      <c r="R84" s="135"/>
+    </row>
+    <row r="85" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="132"/>
+      <c r="B85" s="132"/>
+      <c r="C85" s="132"/>
+      <c r="E85" s="132"/>
+      <c r="G85" s="132"/>
+      <c r="H85" s="132"/>
+      <c r="I85" s="132"/>
+      <c r="J85" s="132"/>
+      <c r="K85" s="134"/>
+      <c r="L85" s="135"/>
+      <c r="M85" s="135"/>
+      <c r="N85" s="136"/>
+      <c r="O85" s="135"/>
+      <c r="P85" s="137"/>
+      <c r="Q85" s="138"/>
+      <c r="R85" s="135"/>
+    </row>
+    <row r="86" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="132"/>
+      <c r="B86" s="132"/>
+      <c r="C86" s="132"/>
+      <c r="E86" s="132"/>
+      <c r="G86" s="132"/>
+      <c r="H86" s="132"/>
+      <c r="I86" s="132"/>
+      <c r="J86" s="132"/>
+      <c r="K86" s="134"/>
+      <c r="L86" s="135"/>
+      <c r="M86" s="135"/>
+      <c r="N86" s="136"/>
+      <c r="O86" s="135"/>
+      <c r="P86" s="137"/>
+      <c r="Q86" s="138"/>
+      <c r="R86" s="135"/>
+    </row>
+    <row r="87" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="132"/>
+      <c r="B87" s="132"/>
+      <c r="C87" s="132"/>
+      <c r="E87" s="132"/>
+      <c r="G87" s="132"/>
+      <c r="H87" s="132"/>
+      <c r="I87" s="132"/>
+      <c r="J87" s="132"/>
+      <c r="K87" s="134"/>
+      <c r="L87" s="135"/>
+      <c r="M87" s="135"/>
+      <c r="N87" s="136"/>
+      <c r="O87" s="135"/>
+      <c r="P87" s="137"/>
+      <c r="Q87" s="138"/>
+      <c r="R87" s="135"/>
+    </row>
+    <row r="88" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="132"/>
+      <c r="B88" s="132"/>
+      <c r="C88" s="132"/>
+      <c r="E88" s="132"/>
+      <c r="G88" s="132"/>
+      <c r="H88" s="132"/>
+      <c r="I88" s="132"/>
+      <c r="J88" s="132"/>
+      <c r="K88" s="134"/>
+      <c r="L88" s="135"/>
+      <c r="M88" s="135"/>
+      <c r="N88" s="136"/>
+      <c r="O88" s="135"/>
+      <c r="P88" s="137"/>
+      <c r="Q88" s="138"/>
+      <c r="R88" s="135"/>
+    </row>
+    <row r="89" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="132"/>
+      <c r="B89" s="132"/>
+      <c r="C89" s="132"/>
+      <c r="E89" s="132"/>
+      <c r="G89" s="132"/>
+      <c r="H89" s="132"/>
+      <c r="I89" s="132"/>
+      <c r="J89" s="132"/>
+      <c r="K89" s="134"/>
+      <c r="L89" s="135"/>
+      <c r="M89" s="135"/>
+      <c r="N89" s="136"/>
+      <c r="O89" s="135"/>
+      <c r="P89" s="137"/>
+      <c r="Q89" s="138"/>
+      <c r="R89" s="135"/>
+    </row>
+    <row r="90" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A90" s="132"/>
+      <c r="B90" s="132"/>
+      <c r="C90" s="132"/>
+      <c r="E90" s="132"/>
+      <c r="G90" s="132"/>
+      <c r="H90" s="132"/>
+      <c r="I90" s="132"/>
+      <c r="J90" s="132"/>
+      <c r="K90" s="134"/>
+      <c r="L90" s="135"/>
+      <c r="M90" s="135"/>
+      <c r="N90" s="136"/>
+      <c r="O90" s="135"/>
+      <c r="P90" s="137"/>
+      <c r="Q90" s="138"/>
+      <c r="R90" s="135"/>
+    </row>
+    <row r="91" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A91" s="132"/>
+      <c r="B91" s="132"/>
+      <c r="C91" s="132"/>
+      <c r="E91" s="132"/>
+      <c r="G91" s="132"/>
+      <c r="H91" s="132"/>
+      <c r="I91" s="132"/>
+      <c r="J91" s="132"/>
+      <c r="K91" s="134"/>
+      <c r="L91" s="135"/>
+      <c r="M91" s="135"/>
+      <c r="N91" s="136"/>
+      <c r="O91" s="135"/>
+      <c r="P91" s="137"/>
+      <c r="Q91" s="138"/>
+      <c r="R91" s="135"/>
+    </row>
+    <row r="92" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="132"/>
+      <c r="B92" s="132"/>
+      <c r="C92" s="132"/>
+      <c r="E92" s="132"/>
+      <c r="G92" s="132"/>
+      <c r="H92" s="132"/>
+      <c r="I92" s="132"/>
+      <c r="J92" s="132"/>
+      <c r="K92" s="134"/>
+      <c r="L92" s="135"/>
+      <c r="M92" s="135"/>
+      <c r="N92" s="136"/>
+      <c r="O92" s="135"/>
+      <c r="P92" s="137"/>
+      <c r="Q92" s="138"/>
+      <c r="R92" s="135"/>
+    </row>
+    <row r="93" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="132"/>
+      <c r="B93" s="132"/>
+      <c r="C93" s="132"/>
+      <c r="E93" s="132"/>
+      <c r="G93" s="132"/>
+      <c r="H93" s="132"/>
+      <c r="I93" s="132"/>
+      <c r="J93" s="132"/>
+      <c r="K93" s="134"/>
+      <c r="L93" s="135"/>
+      <c r="M93" s="135"/>
+      <c r="N93" s="136"/>
+      <c r="O93" s="135"/>
+      <c r="P93" s="137"/>
+      <c r="Q93" s="138"/>
+      <c r="R93" s="135"/>
+    </row>
+    <row r="94" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="132"/>
+      <c r="B94" s="132"/>
+      <c r="C94" s="132"/>
+      <c r="E94" s="132"/>
+      <c r="G94" s="132"/>
+      <c r="H94" s="132"/>
+      <c r="I94" s="132"/>
+      <c r="J94" s="132"/>
+      <c r="K94" s="134"/>
+      <c r="L94" s="135"/>
+      <c r="M94" s="135"/>
+      <c r="N94" s="136"/>
+      <c r="O94" s="135"/>
+      <c r="P94" s="137"/>
+      <c r="Q94" s="138"/>
+      <c r="R94" s="135"/>
+    </row>
+    <row r="95" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="132"/>
+      <c r="B95" s="132"/>
+      <c r="C95" s="132"/>
+      <c r="E95" s="132"/>
+      <c r="G95" s="132"/>
+      <c r="H95" s="132"/>
+      <c r="I95" s="132"/>
+      <c r="J95" s="132"/>
+      <c r="K95" s="134"/>
+      <c r="L95" s="135"/>
+      <c r="M95" s="135"/>
+      <c r="N95" s="136"/>
+      <c r="O95" s="135"/>
+      <c r="P95" s="137"/>
+      <c r="Q95" s="138"/>
+      <c r="R95" s="135"/>
+    </row>
+    <row r="96" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="132"/>
+      <c r="B96" s="132"/>
+      <c r="C96" s="132"/>
+      <c r="E96" s="132"/>
+      <c r="G96" s="132"/>
+      <c r="H96" s="132"/>
+      <c r="I96" s="132"/>
+      <c r="J96" s="132"/>
+      <c r="K96" s="134"/>
+      <c r="L96" s="135"/>
+      <c r="M96" s="135"/>
+      <c r="N96" s="136"/>
+      <c r="O96" s="135"/>
+      <c r="P96" s="137"/>
+      <c r="Q96" s="138"/>
+      <c r="R96" s="135"/>
+    </row>
+    <row r="97" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="132"/>
+      <c r="B97" s="132"/>
+      <c r="C97" s="132"/>
+      <c r="E97" s="132"/>
+      <c r="G97" s="132"/>
+      <c r="H97" s="132"/>
+      <c r="I97" s="132"/>
+      <c r="J97" s="132"/>
+      <c r="K97" s="134"/>
+      <c r="L97" s="135"/>
+      <c r="M97" s="135"/>
+      <c r="N97" s="136"/>
+      <c r="O97" s="135"/>
+      <c r="P97" s="137"/>
+      <c r="Q97" s="138"/>
+      <c r="R97" s="135"/>
+    </row>
+    <row r="98" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="132"/>
+      <c r="B98" s="132"/>
+      <c r="C98" s="132"/>
+      <c r="E98" s="132"/>
+      <c r="G98" s="132"/>
+      <c r="H98" s="132"/>
+      <c r="I98" s="132"/>
+      <c r="J98" s="132"/>
+      <c r="K98" s="134"/>
+      <c r="L98" s="135"/>
+      <c r="M98" s="135"/>
+      <c r="N98" s="136"/>
+      <c r="O98" s="135"/>
+      <c r="P98" s="137"/>
+      <c r="Q98" s="138"/>
+      <c r="R98" s="135"/>
+    </row>
+    <row r="99" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="132"/>
+      <c r="B99" s="132"/>
+      <c r="C99" s="132"/>
+      <c r="E99" s="132"/>
+      <c r="G99" s="132"/>
+      <c r="H99" s="132"/>
+      <c r="I99" s="132"/>
+      <c r="J99" s="132"/>
+      <c r="K99" s="134"/>
+      <c r="L99" s="135"/>
+      <c r="M99" s="135"/>
+      <c r="N99" s="136"/>
+      <c r="O99" s="135"/>
+      <c r="P99" s="137"/>
+      <c r="Q99" s="138"/>
+      <c r="R99" s="135"/>
+    </row>
+    <row r="100" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="132"/>
+      <c r="B100" s="132"/>
+      <c r="C100" s="132"/>
+      <c r="E100" s="132"/>
+      <c r="G100" s="132"/>
+      <c r="H100" s="132"/>
+      <c r="I100" s="132"/>
+      <c r="J100" s="132"/>
+      <c r="K100" s="134"/>
+      <c r="L100" s="135"/>
+      <c r="M100" s="135"/>
+      <c r="N100" s="136"/>
+      <c r="O100" s="135"/>
+      <c r="P100" s="137"/>
+      <c r="Q100" s="138"/>
+      <c r="R100" s="135"/>
+    </row>
+    <row r="101" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A101" s="132"/>
+      <c r="B101" s="132"/>
+      <c r="C101" s="132"/>
+      <c r="E101" s="132"/>
+      <c r="G101" s="132"/>
+      <c r="H101" s="132"/>
+      <c r="I101" s="132"/>
+      <c r="J101" s="132"/>
+      <c r="K101" s="134"/>
+      <c r="L101" s="135"/>
+      <c r="M101" s="135"/>
+      <c r="N101" s="136"/>
+      <c r="O101" s="135"/>
+      <c r="P101" s="137"/>
+      <c r="Q101" s="138"/>
+      <c r="R101" s="135"/>
+    </row>
+    <row r="102" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="132"/>
+      <c r="B102" s="132"/>
+      <c r="C102" s="132"/>
+      <c r="E102" s="132"/>
+      <c r="G102" s="132"/>
+      <c r="H102" s="132"/>
+      <c r="I102" s="132"/>
+      <c r="J102" s="132"/>
+      <c r="K102" s="134"/>
+      <c r="L102" s="135"/>
+      <c r="M102" s="135"/>
+      <c r="N102" s="136"/>
+      <c r="O102" s="135"/>
+      <c r="P102" s="137"/>
+      <c r="Q102" s="138"/>
+      <c r="R102" s="135"/>
+    </row>
+    <row r="103" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="132"/>
+      <c r="B103" s="132"/>
+      <c r="C103" s="132"/>
+      <c r="E103" s="132"/>
+      <c r="G103" s="132"/>
+      <c r="H103" s="132"/>
+      <c r="I103" s="132"/>
+      <c r="J103" s="132"/>
+      <c r="K103" s="134"/>
+      <c r="L103" s="135"/>
+      <c r="M103" s="135"/>
+      <c r="N103" s="136"/>
+      <c r="O103" s="135"/>
+      <c r="P103" s="137"/>
+      <c r="Q103" s="138"/>
+      <c r="R103" s="135"/>
+    </row>
+    <row r="104" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A104" s="132"/>
+      <c r="B104" s="132"/>
+      <c r="C104" s="132"/>
+      <c r="E104" s="132"/>
+      <c r="G104" s="132"/>
+      <c r="H104" s="132"/>
+      <c r="I104" s="132"/>
+      <c r="J104" s="132"/>
+      <c r="K104" s="134"/>
+      <c r="L104" s="135"/>
+      <c r="M104" s="135"/>
+      <c r="N104" s="136"/>
+      <c r="O104" s="135"/>
+      <c r="P104" s="137"/>
+      <c r="Q104" s="138"/>
+      <c r="R104" s="135"/>
+    </row>
+    <row r="105" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="132"/>
+      <c r="B105" s="132"/>
+      <c r="C105" s="132"/>
+      <c r="E105" s="132"/>
+      <c r="G105" s="132"/>
+      <c r="H105" s="132"/>
+      <c r="I105" s="132"/>
+      <c r="J105" s="132"/>
+      <c r="K105" s="134"/>
+      <c r="L105" s="135"/>
+      <c r="M105" s="135"/>
+      <c r="N105" s="136"/>
+      <c r="O105" s="135"/>
+      <c r="P105" s="137"/>
+      <c r="Q105" s="138"/>
+      <c r="R105" s="135"/>
+    </row>
+    <row r="106" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A106" s="132"/>
+      <c r="B106" s="132"/>
+      <c r="C106" s="132"/>
+      <c r="E106" s="132"/>
+      <c r="G106" s="132"/>
+      <c r="H106" s="132"/>
+      <c r="I106" s="132"/>
+      <c r="J106" s="132"/>
+      <c r="K106" s="134"/>
+      <c r="L106" s="135"/>
+      <c r="M106" s="135"/>
+      <c r="N106" s="136"/>
+      <c r="O106" s="135"/>
+      <c r="P106" s="137"/>
+      <c r="Q106" s="138"/>
+      <c r="R106" s="135"/>
+    </row>
+    <row r="107" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="132"/>
+      <c r="B107" s="132"/>
+      <c r="C107" s="132"/>
+      <c r="E107" s="132"/>
+      <c r="G107" s="132"/>
+      <c r="H107" s="132"/>
+      <c r="I107" s="132"/>
+      <c r="J107" s="132"/>
+      <c r="K107" s="134"/>
+      <c r="L107" s="135"/>
+      <c r="M107" s="135"/>
+      <c r="N107" s="136"/>
+      <c r="O107" s="135"/>
+      <c r="P107" s="137"/>
+      <c r="Q107" s="138"/>
+      <c r="R107" s="135"/>
+    </row>
+    <row r="108" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="132"/>
+      <c r="B108" s="132"/>
+      <c r="C108" s="132"/>
+      <c r="E108" s="132"/>
+      <c r="G108" s="132"/>
+      <c r="H108" s="132"/>
+      <c r="I108" s="132"/>
+      <c r="J108" s="132"/>
+      <c r="K108" s="134"/>
+      <c r="L108" s="135"/>
+      <c r="M108" s="135"/>
+      <c r="N108" s="136"/>
+      <c r="O108" s="135"/>
+      <c r="P108" s="137"/>
+      <c r="Q108" s="138"/>
+      <c r="R108" s="135"/>
+    </row>
+    <row r="109" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="132"/>
+      <c r="B109" s="132"/>
+      <c r="C109" s="132"/>
+      <c r="E109" s="132"/>
+      <c r="G109" s="132"/>
+      <c r="H109" s="132"/>
+      <c r="I109" s="132"/>
+      <c r="J109" s="132"/>
+      <c r="K109" s="134"/>
+      <c r="L109" s="135"/>
+      <c r="M109" s="135"/>
+      <c r="N109" s="136"/>
+      <c r="O109" s="135"/>
+      <c r="P109" s="137"/>
+      <c r="Q109" s="138"/>
+      <c r="R109" s="135"/>
+    </row>
+    <row r="110" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="132"/>
+      <c r="B110" s="132"/>
+      <c r="C110" s="132"/>
+      <c r="E110" s="132"/>
+      <c r="G110" s="132"/>
+      <c r="H110" s="132"/>
+      <c r="I110" s="132"/>
+      <c r="J110" s="132"/>
+      <c r="K110" s="134"/>
+      <c r="L110" s="135"/>
+      <c r="M110" s="135"/>
+      <c r="N110" s="136"/>
+      <c r="O110" s="135"/>
+      <c r="P110" s="137"/>
+      <c r="Q110" s="138"/>
+      <c r="R110" s="135"/>
+    </row>
+    <row r="111" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A111" s="132"/>
+      <c r="B111" s="132"/>
+      <c r="C111" s="132"/>
+      <c r="E111" s="132"/>
+      <c r="G111" s="132"/>
+      <c r="H111" s="132"/>
+      <c r="I111" s="132"/>
+      <c r="J111" s="132"/>
+      <c r="K111" s="134"/>
+      <c r="L111" s="135"/>
+      <c r="M111" s="135"/>
+      <c r="N111" s="136"/>
+      <c r="O111" s="135"/>
+      <c r="P111" s="137"/>
+      <c r="Q111" s="138"/>
+      <c r="R111" s="135"/>
+    </row>
+    <row r="112" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A112" s="132"/>
+      <c r="B112" s="132"/>
+      <c r="C112" s="132"/>
+      <c r="E112" s="132"/>
+      <c r="G112" s="132"/>
+      <c r="H112" s="132"/>
+      <c r="I112" s="132"/>
+      <c r="J112" s="132"/>
+      <c r="K112" s="134"/>
+      <c r="L112" s="135"/>
+      <c r="M112" s="135"/>
+      <c r="N112" s="136"/>
+      <c r="O112" s="135"/>
+      <c r="P112" s="137"/>
+      <c r="Q112" s="138"/>
+      <c r="R112" s="135"/>
+    </row>
+    <row r="113" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A113" s="132"/>
+      <c r="B113" s="132"/>
+      <c r="C113" s="132"/>
+      <c r="E113" s="132"/>
+      <c r="G113" s="132"/>
+      <c r="H113" s="132"/>
+      <c r="I113" s="132"/>
+      <c r="J113" s="132"/>
+      <c r="K113" s="134"/>
+      <c r="L113" s="135"/>
+      <c r="M113" s="135"/>
+      <c r="N113" s="136"/>
+      <c r="O113" s="135"/>
+      <c r="P113" s="137"/>
+      <c r="Q113" s="138"/>
+      <c r="R113" s="135"/>
+    </row>
+    <row r="114" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="132"/>
+      <c r="B114" s="132"/>
+      <c r="C114" s="132"/>
+      <c r="E114" s="132"/>
+      <c r="G114" s="132"/>
+      <c r="H114" s="132"/>
+      <c r="I114" s="132"/>
+      <c r="J114" s="132"/>
+      <c r="K114" s="134"/>
+      <c r="L114" s="135"/>
+      <c r="M114" s="135"/>
+      <c r="N114" s="136"/>
+      <c r="O114" s="135"/>
+      <c r="P114" s="137"/>
+      <c r="Q114" s="138"/>
+      <c r="R114" s="135"/>
+    </row>
+    <row r="115" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="132"/>
+      <c r="B115" s="132"/>
+      <c r="C115" s="132"/>
+      <c r="E115" s="132"/>
+      <c r="G115" s="132"/>
+      <c r="H115" s="132"/>
+      <c r="I115" s="132"/>
+      <c r="J115" s="132"/>
+      <c r="K115" s="134"/>
+      <c r="L115" s="135"/>
+      <c r="M115" s="135"/>
+      <c r="N115" s="136"/>
+      <c r="O115" s="135"/>
+      <c r="P115" s="137"/>
+      <c r="Q115" s="138"/>
+      <c r="R115" s="135"/>
+    </row>
+    <row r="116" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="132"/>
+      <c r="B116" s="132"/>
+      <c r="C116" s="132"/>
+      <c r="E116" s="132"/>
+      <c r="G116" s="132"/>
+      <c r="H116" s="132"/>
+      <c r="I116" s="132"/>
+      <c r="J116" s="132"/>
+      <c r="K116" s="134"/>
+      <c r="L116" s="135"/>
+      <c r="M116" s="135"/>
+      <c r="N116" s="136"/>
+      <c r="O116" s="135"/>
+      <c r="P116" s="137"/>
+      <c r="Q116" s="138"/>
+      <c r="R116" s="135"/>
+    </row>
+    <row r="117" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A117" s="132"/>
+      <c r="B117" s="132"/>
+      <c r="C117" s="132"/>
+      <c r="E117" s="132"/>
+      <c r="G117" s="132"/>
+      <c r="H117" s="132"/>
+      <c r="I117" s="132"/>
+      <c r="J117" s="132"/>
+      <c r="K117" s="134"/>
+      <c r="L117" s="135"/>
+      <c r="M117" s="135"/>
+      <c r="N117" s="136"/>
+      <c r="O117" s="135"/>
+      <c r="P117" s="137"/>
+      <c r="Q117" s="138"/>
+      <c r="R117" s="135"/>
+    </row>
+    <row r="118" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A118" s="132"/>
+      <c r="B118" s="132"/>
+      <c r="C118" s="132"/>
+      <c r="E118" s="132"/>
+      <c r="G118" s="132"/>
+      <c r="H118" s="132"/>
+      <c r="I118" s="132"/>
+      <c r="J118" s="132"/>
+      <c r="K118" s="134"/>
+      <c r="L118" s="135"/>
+      <c r="M118" s="135"/>
+      <c r="N118" s="136"/>
+      <c r="O118" s="135"/>
+      <c r="P118" s="137"/>
+      <c r="Q118" s="138"/>
+      <c r="R118" s="135"/>
+    </row>
+    <row r="119" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A119" s="132"/>
+      <c r="B119" s="132"/>
+      <c r="C119" s="132"/>
+      <c r="E119" s="132"/>
+      <c r="G119" s="132"/>
+      <c r="H119" s="132"/>
+      <c r="I119" s="132"/>
+      <c r="J119" s="132"/>
+      <c r="K119" s="134"/>
+      <c r="L119" s="135"/>
+      <c r="M119" s="135"/>
+      <c r="N119" s="136"/>
+      <c r="O119" s="135"/>
+      <c r="P119" s="137"/>
+      <c r="Q119" s="138"/>
+      <c r="R119" s="135"/>
+    </row>
+    <row r="120" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="132"/>
+      <c r="B120" s="132"/>
+      <c r="C120" s="132"/>
+      <c r="E120" s="132"/>
+      <c r="G120" s="132"/>
+      <c r="H120" s="132"/>
+      <c r="I120" s="132"/>
+      <c r="J120" s="132"/>
+      <c r="K120" s="134"/>
+      <c r="L120" s="135"/>
+      <c r="M120" s="135"/>
+      <c r="N120" s="136"/>
+      <c r="O120" s="135"/>
+      <c r="P120" s="137"/>
+      <c r="Q120" s="138"/>
+      <c r="R120" s="135"/>
+    </row>
+    <row r="121" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A121" s="132"/>
+      <c r="B121" s="132"/>
+      <c r="C121" s="132"/>
+      <c r="E121" s="132"/>
+      <c r="G121" s="132"/>
+      <c r="H121" s="132"/>
+      <c r="I121" s="132"/>
+      <c r="J121" s="132"/>
+      <c r="K121" s="134"/>
+      <c r="L121" s="135"/>
+      <c r="M121" s="135"/>
+      <c r="N121" s="136"/>
+      <c r="O121" s="135"/>
+      <c r="P121" s="137"/>
+      <c r="Q121" s="138"/>
+      <c r="R121" s="135"/>
+    </row>
+    <row r="122" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A122" s="132"/>
+      <c r="B122" s="132"/>
+      <c r="C122" s="132"/>
+      <c r="E122" s="132"/>
+      <c r="G122" s="132"/>
+      <c r="H122" s="132"/>
+      <c r="I122" s="132"/>
+      <c r="J122" s="132"/>
+      <c r="K122" s="134"/>
+      <c r="L122" s="135"/>
+      <c r="M122" s="135"/>
+      <c r="N122" s="136"/>
+      <c r="O122" s="135"/>
+      <c r="P122" s="137"/>
+      <c r="Q122" s="138"/>
+      <c r="R122" s="135"/>
+    </row>
+    <row r="123" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A123" s="132"/>
+      <c r="B123" s="132"/>
+      <c r="C123" s="132"/>
+      <c r="E123" s="132"/>
+      <c r="G123" s="132"/>
+      <c r="H123" s="132"/>
+      <c r="I123" s="132"/>
+      <c r="J123" s="132"/>
+      <c r="K123" s="134"/>
+      <c r="L123" s="135"/>
+      <c r="M123" s="135"/>
+      <c r="N123" s="136"/>
+      <c r="O123" s="135"/>
+      <c r="P123" s="137"/>
+      <c r="Q123" s="138"/>
+      <c r="R123" s="135"/>
+    </row>
+    <row r="124" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A124" s="132"/>
+      <c r="B124" s="132"/>
+      <c r="C124" s="132"/>
+      <c r="E124" s="132"/>
+      <c r="G124" s="132"/>
+      <c r="H124" s="132"/>
+      <c r="I124" s="132"/>
+      <c r="J124" s="132"/>
+      <c r="K124" s="134"/>
+      <c r="L124" s="135"/>
+      <c r="M124" s="135"/>
+      <c r="N124" s="136"/>
+      <c r="O124" s="135"/>
+      <c r="P124" s="137"/>
+      <c r="Q124" s="138"/>
+      <c r="R124" s="135"/>
+    </row>
+    <row r="125" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="132"/>
+      <c r="B125" s="132"/>
+      <c r="C125" s="132"/>
+      <c r="E125" s="132"/>
+      <c r="G125" s="132"/>
+      <c r="H125" s="132"/>
+      <c r="I125" s="132"/>
+      <c r="J125" s="132"/>
+      <c r="K125" s="134"/>
+      <c r="L125" s="135"/>
+      <c r="M125" s="135"/>
+      <c r="N125" s="136"/>
+      <c r="O125" s="135"/>
+      <c r="P125" s="137"/>
+      <c r="Q125" s="138"/>
+      <c r="R125" s="135"/>
+    </row>
+    <row r="126" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="132"/>
+      <c r="B126" s="132"/>
+      <c r="C126" s="132"/>
+      <c r="E126" s="132"/>
+      <c r="G126" s="132"/>
+      <c r="H126" s="132"/>
+      <c r="I126" s="132"/>
+      <c r="J126" s="132"/>
+      <c r="K126" s="134"/>
+      <c r="L126" s="135"/>
+      <c r="M126" s="135"/>
+      <c r="N126" s="136"/>
+      <c r="O126" s="135"/>
+      <c r="P126" s="137"/>
+      <c r="Q126" s="138"/>
+      <c r="R126" s="135"/>
+    </row>
+    <row r="127" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="132"/>
+      <c r="B127" s="132"/>
+      <c r="C127" s="132"/>
+      <c r="E127" s="132"/>
+      <c r="G127" s="132"/>
+      <c r="H127" s="132"/>
+      <c r="I127" s="132"/>
+      <c r="J127" s="132"/>
+      <c r="K127" s="134"/>
+      <c r="L127" s="135"/>
+      <c r="M127" s="135"/>
+      <c r="N127" s="136"/>
+      <c r="O127" s="135"/>
+      <c r="P127" s="137"/>
+      <c r="Q127" s="138"/>
+      <c r="R127" s="135"/>
+    </row>
+    <row r="128" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A128" s="132"/>
+      <c r="B128" s="132"/>
+      <c r="C128" s="132"/>
+      <c r="E128" s="132"/>
+      <c r="G128" s="132"/>
+      <c r="H128" s="132"/>
+      <c r="I128" s="132"/>
+      <c r="J128" s="132"/>
+      <c r="K128" s="134"/>
+      <c r="L128" s="135"/>
+      <c r="M128" s="135"/>
+      <c r="N128" s="136"/>
+      <c r="O128" s="135"/>
+      <c r="P128" s="137"/>
+      <c r="Q128" s="138"/>
+      <c r="R128" s="135"/>
+    </row>
+    <row r="129" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A129" s="132"/>
+      <c r="B129" s="132"/>
+      <c r="C129" s="132"/>
+      <c r="E129" s="132"/>
+      <c r="G129" s="132"/>
+      <c r="H129" s="132"/>
+      <c r="I129" s="132"/>
+      <c r="J129" s="132"/>
+      <c r="K129" s="134"/>
+      <c r="L129" s="135"/>
+      <c r="M129" s="135"/>
+      <c r="N129" s="136"/>
+      <c r="O129" s="135"/>
+      <c r="P129" s="137"/>
+      <c r="Q129" s="138"/>
+      <c r="R129" s="135"/>
+    </row>
+    <row r="130" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A130" s="132"/>
+      <c r="B130" s="132"/>
+      <c r="C130" s="132"/>
+      <c r="E130" s="132"/>
+      <c r="G130" s="132"/>
+      <c r="H130" s="132"/>
+      <c r="I130" s="132"/>
+      <c r="J130" s="132"/>
+      <c r="K130" s="134"/>
+      <c r="L130" s="135"/>
+      <c r="M130" s="135"/>
+      <c r="N130" s="136"/>
+      <c r="O130" s="135"/>
+      <c r="P130" s="137"/>
+      <c r="Q130" s="138"/>
+      <c r="R130" s="135"/>
+    </row>
+    <row r="131" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A131" s="132"/>
+      <c r="B131" s="132"/>
+      <c r="C131" s="132"/>
+      <c r="E131" s="132"/>
+      <c r="G131" s="132"/>
+      <c r="H131" s="132"/>
+      <c r="I131" s="132"/>
+      <c r="J131" s="132"/>
+      <c r="K131" s="134"/>
+      <c r="L131" s="135"/>
+      <c r="M131" s="135"/>
+      <c r="N131" s="136"/>
+      <c r="O131" s="135"/>
+      <c r="P131" s="137"/>
+      <c r="Q131" s="138"/>
+      <c r="R131" s="135"/>
+    </row>
+    <row r="132" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="132"/>
+      <c r="B132" s="132"/>
+      <c r="C132" s="132"/>
+      <c r="E132" s="132"/>
+      <c r="G132" s="132"/>
+      <c r="H132" s="132"/>
+      <c r="I132" s="132"/>
+      <c r="J132" s="132"/>
+      <c r="K132" s="134"/>
+      <c r="L132" s="135"/>
+      <c r="M132" s="135"/>
+      <c r="N132" s="136"/>
+      <c r="O132" s="135"/>
+      <c r="P132" s="137"/>
+      <c r="Q132" s="138"/>
+      <c r="R132" s="135"/>
+    </row>
+    <row r="133" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="132"/>
+      <c r="B133" s="132"/>
+      <c r="C133" s="132"/>
+      <c r="E133" s="132"/>
+      <c r="G133" s="132"/>
+      <c r="H133" s="132"/>
+      <c r="I133" s="132"/>
+      <c r="J133" s="132"/>
+      <c r="K133" s="134"/>
+      <c r="L133" s="135"/>
+      <c r="M133" s="135"/>
+      <c r="N133" s="136"/>
+      <c r="O133" s="135"/>
+      <c r="P133" s="137"/>
+      <c r="Q133" s="138"/>
+      <c r="R133" s="135"/>
+    </row>
+    <row r="134" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="132"/>
+      <c r="B134" s="132"/>
+      <c r="C134" s="132"/>
+      <c r="E134" s="132"/>
+      <c r="G134" s="132"/>
+      <c r="H134" s="132"/>
+      <c r="I134" s="132"/>
+      <c r="J134" s="132"/>
+      <c r="K134" s="134"/>
+      <c r="L134" s="135"/>
+      <c r="M134" s="135"/>
+      <c r="N134" s="136"/>
+      <c r="O134" s="135"/>
+      <c r="P134" s="137"/>
+      <c r="Q134" s="138"/>
+      <c r="R134" s="135"/>
+    </row>
+    <row r="135" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="132"/>
+      <c r="B135" s="132"/>
+      <c r="C135" s="132"/>
+      <c r="E135" s="132"/>
+      <c r="G135" s="132"/>
+      <c r="H135" s="132"/>
+      <c r="I135" s="132"/>
+      <c r="J135" s="132"/>
+      <c r="K135" s="134"/>
+      <c r="L135" s="135"/>
+      <c r="M135" s="135"/>
+      <c r="N135" s="136"/>
+      <c r="O135" s="135"/>
+      <c r="P135" s="137"/>
+      <c r="Q135" s="138"/>
+      <c r="R135" s="135"/>
+    </row>
+    <row r="136" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="132"/>
+      <c r="B136" s="132"/>
+      <c r="C136" s="132"/>
+      <c r="E136" s="132"/>
+      <c r="G136" s="132"/>
+      <c r="H136" s="132"/>
+      <c r="I136" s="132"/>
+      <c r="J136" s="132"/>
+      <c r="K136" s="134"/>
+      <c r="L136" s="135"/>
+      <c r="M136" s="135"/>
+      <c r="N136" s="136"/>
+      <c r="O136" s="135"/>
+      <c r="P136" s="137"/>
+      <c r="Q136" s="138"/>
+      <c r="R136" s="135"/>
+    </row>
+    <row r="137" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="132"/>
+      <c r="B137" s="132"/>
+      <c r="C137" s="132"/>
+      <c r="E137" s="132"/>
+      <c r="G137" s="132"/>
+      <c r="H137" s="132"/>
+      <c r="I137" s="132"/>
+      <c r="J137" s="132"/>
+      <c r="K137" s="134"/>
+      <c r="L137" s="135"/>
+      <c r="M137" s="135"/>
+      <c r="N137" s="136"/>
+      <c r="O137" s="135"/>
+      <c r="P137" s="137"/>
+      <c r="Q137" s="138"/>
+      <c r="R137" s="135"/>
+    </row>
+    <row r="138" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="132"/>
+      <c r="B138" s="132"/>
+      <c r="C138" s="132"/>
+      <c r="E138" s="132"/>
+      <c r="G138" s="132"/>
+      <c r="H138" s="132"/>
+      <c r="I138" s="132"/>
+      <c r="J138" s="132"/>
+      <c r="K138" s="134"/>
+      <c r="L138" s="135"/>
+      <c r="M138" s="135"/>
+      <c r="N138" s="136"/>
+      <c r="O138" s="135"/>
+      <c r="P138" s="137"/>
+      <c r="Q138" s="138"/>
+      <c r="R138" s="135"/>
+    </row>
+    <row r="139" spans="1:18" s="133" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A139" s="132"/>
+      <c r="B139" s="132"/>
+      <c r="C139" s="132"/>
+      <c r="E139" s="132"/>
+      <c r="G139" s="132"/>
+      <c r="H139" s="132"/>
+      <c r="I139" s="132"/>
+      <c r="J139" s="132"/>
+      <c r="K139" s="134"/>
+      <c r="L139" s="135"/>
+      <c r="M139" s="135"/>
+      <c r="N139" s="136"/>
+      <c r="O139" s="135"/>
+      <c r="P139" s="137"/>
+      <c r="Q139" s="138"/>
+      <c r="R139" s="135"/>
     </row>
   </sheetData>
-  <autoFilter ref="A4:T4" xr:uid="{B7CCABBC-8E80-47AA-8840-4C0149C72B8C}"/>
+  <autoFilter ref="A4:EC4" xr:uid="{B7CCABBC-8E80-47AA-8840-4C0149C72B8C}"/>
   <mergeCells count="5">
+    <mergeCell ref="A15:T15"/>
     <mergeCell ref="A16:T16"/>
     <mergeCell ref="A17:T17"/>
     <mergeCell ref="A18:T18"/>
     <mergeCell ref="A19:T19"/>
-    <mergeCell ref="A20:T20"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="17" scale="65" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddHeader xml:space="preserve">&amp;C&amp;"Arial,Bold"&amp;14SDWLP SFY 2026 DRAFT BIL-EMERGING CONTAMINANTS FUNDING LIST&amp;10
-[...1 lines deleted...]
- &amp;9(These projects are also referenced on the primary funding list on pages 1 to 2; they are listed here with more detailed information)&amp;10
+    <oddHeader xml:space="preserve">&amp;C&amp;"Arial,Bold"&amp;14SDWLP SFY 2026 FINAL BIL-EMERGING CONTAMINANTS FUNDING LIST&amp;10
+December 22, 2025
+&amp;9(These projects are also referenced on the primary funding list on pages 1 to 2; they are listed here with more detailed information)&amp;10
 </oddHeader>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Base Funding List</vt:lpstr>
       <vt:lpstr>EC Program</vt:lpstr>
       <vt:lpstr>'Base Funding List'!Print_Area</vt:lpstr>
       <vt:lpstr>'EC Program'!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>SDWLP SFY 2026 Draft Funding List</dc:title>
+  <dc:title>SDWLP SFY 2026 Final Funding List</dc:title>
+  <dc:subject>Safe Drinking Water Loan Program State Fiscal Year 2026 Final Funding List</dc:subject>
   <dc:creator>Balgooyen, Noah;Wisconsin Department of Natural Resources (DNR) Environmental Loans Section</dc:creator>
-  <cp:keywords>Safe Drinking Water Loan Program (SDWLP), State Fiscal Year (SFY) 2026, Draft Funding List</cp:keywords>
+  <cp:keywords>Safe Drinking Water Loan Program (SDWLP), State Fiscal Year (SFY) 2026, Final Funding List</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>