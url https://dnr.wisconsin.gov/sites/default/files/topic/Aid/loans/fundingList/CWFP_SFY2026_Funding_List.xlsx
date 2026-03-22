--- v0 (2026-01-16)
+++ v1 (2026-03-22)
@@ -1,89 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\chriske\Desktop\Up Down Load\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04E77824-ED55-409C-A97C-B5D0695FFFD6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7C1B34C7-B322-4E38-80B8-CEA18A299405}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{7F4467D3-1205-4C85-ABC1-A02C92A5437B}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$X$105</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">Sheet1!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="W97" i="1" l="1"/>
+  <c r="P117" i="1" l="1"/>
+  <c r="W97" i="1"/>
   <c r="W96" i="1"/>
   <c r="W95" i="1"/>
   <c r="W94" i="1"/>
   <c r="W93" i="1"/>
   <c r="W92" i="1"/>
   <c r="W91" i="1"/>
   <c r="W90" i="1"/>
   <c r="W89" i="1"/>
   <c r="W88" i="1"/>
   <c r="W87" i="1"/>
   <c r="W86" i="1"/>
   <c r="W85" i="1"/>
   <c r="W84" i="1"/>
   <c r="W83" i="1"/>
   <c r="W82" i="1"/>
   <c r="W81" i="1"/>
   <c r="W80" i="1"/>
   <c r="W79" i="1"/>
   <c r="W78" i="1"/>
   <c r="W77" i="1"/>
   <c r="W76" i="1"/>
   <c r="W75" i="1"/>
   <c r="W74" i="1"/>
   <c r="W73" i="1"/>
   <c r="W72" i="1"/>
@@ -135,66 +136,65 @@
   <c r="W26" i="1"/>
   <c r="W25" i="1"/>
   <c r="W24" i="1"/>
   <c r="W23" i="1"/>
   <c r="W22" i="1"/>
   <c r="W21" i="1"/>
   <c r="W20" i="1"/>
   <c r="W19" i="1"/>
   <c r="W18" i="1"/>
   <c r="W17" i="1"/>
   <c r="W16" i="1"/>
   <c r="W15" i="1"/>
   <c r="W13" i="1"/>
   <c r="W12" i="1"/>
   <c r="W11" i="1"/>
   <c r="W10" i="1"/>
   <c r="W14" i="1"/>
   <c r="W9" i="1"/>
   <c r="W8" i="1"/>
   <c r="W7" i="1"/>
   <c r="W6" i="1"/>
   <c r="W5" i="1"/>
   <c r="W4" i="1"/>
   <c r="W3" i="1"/>
   <c r="W2" i="1"/>
-  <c r="P114" i="1"/>
   <c r="N98" i="1" l="1"/>
   <c r="M98" i="1"/>
   <c r="L98" i="1"/>
   <c r="V99" i="1"/>
   <c r="W98" i="1"/>
   <c r="V98" i="1"/>
   <c r="U98" i="1"/>
   <c r="R98" i="1"/>
   <c r="S98" i="1"/>
   <c r="T98" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="653" uniqueCount="393">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="671" uniqueCount="402">
   <si>
     <t>Project #</t>
   </si>
   <si>
     <t>Project Score</t>
   </si>
   <si>
     <t>Financial Need Points</t>
   </si>
   <si>
     <t>Total Score</t>
   </si>
   <si>
     <t>CME</t>
   </si>
   <si>
     <t>Project Manager</t>
   </si>
   <si>
     <t>Population</t>
   </si>
   <si>
     <t>MHI</t>
   </si>
   <si>
@@ -1769,59 +1769,87 @@
   </si>
   <si>
     <t>Supplemental Applications; applications complete after the September 30th deadline.  Not eligible for PF other than Energy Efficiency PF (if applicable).</t>
   </si>
   <si>
     <t>   In addition, $250,000 is available as energy efficiency PF.  No projects have received a Focus on Energy incentive at the time of application; the energy efficiency PF will be allocated on a first‐come, first‐serve basis after receipt of the Focus on Energy Award or Reservation documentation.</t>
   </si>
   <si>
     <t>Total EC Score</t>
   </si>
   <si>
     <t>Estimated EC-Related Costs</t>
   </si>
   <si>
     <t>EC PF%</t>
   </si>
   <si>
     <t>Allocated EC PF</t>
   </si>
   <si>
     <t>MARINETTE, CITY OF</t>
   </si>
   <si>
     <t>Emerging Contaminants (EC) Projects - Principal Forgiveness.  These projects are also included in the regular funding list above.  Refer to that list for more details on loan money allocated.</t>
   </si>
+  <si>
+    <t>SALEM LAKES, VILLAGE OF</t>
+  </si>
+  <si>
+    <t>5596-06</t>
+  </si>
+  <si>
+    <t>5596-07</t>
+  </si>
+  <si>
+    <t>Yaws Sewer Improvements Project (new grinders)</t>
+  </si>
+  <si>
+    <t>Valmar Sewer Improvements Project (new grinders)</t>
+  </si>
+  <si>
+    <t>Kenosha</t>
+  </si>
+  <si>
+    <t>PESHTIGO, CITY OF</t>
+  </si>
+  <si>
+    <t>4122-08</t>
+  </si>
+  <si>
+    <t>Replace Secondary Clarifier Sludge &amp; Scum Collectors</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="3">
+  <numFmts count="4">
     <numFmt numFmtId="42" formatCode="_(&quot;$&quot;* #,##0_);_(&quot;$&quot;* \(#,##0\);_(&quot;$&quot;* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.0"/>
+    <numFmt numFmtId="165" formatCode="m/d/yyyy;@"/>
   </numFmts>
   <fonts count="12" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1908,51 +1936,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBFBFBF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor rgb="FF000000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -1968,59 +1996,72 @@
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="62">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="42" fontId="3" fillId="4" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -2072,89 +2113,97 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="3" fillId="3" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="42" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="42" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="42" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="42" fontId="11" fillId="0" borderId="0" xfId="4" applyNumberFormat="1"/>
     <xf numFmtId="42" fontId="6" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="42" fontId="6" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="42" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="42" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="42" fontId="6" fillId="6" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="Currency 2" xfId="1" xr:uid="{71C40955-E367-4420-9030-18B2C6BDCCC3}"/>
     <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 5" xfId="3" xr:uid="{6F455127-6BFB-47EA-AD9C-16D3564A193C}"/>
     <cellStyle name="Percent 3" xfId="2" xr:uid="{556132A1-FB7F-4B72-94EE-96DD90E20BCF}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -2460,74 +2509,74 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dnr.wi.gov/sites/default/files/topic/Aid/loans/pubs/CF0069.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B3F93BE1-CBEF-4A89-8E5E-A8359F1E05DD}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:W117"/>
+  <dimension ref="A1:W120"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageLayout" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L6" sqref="L6"/>
+      <selection activeCell="D116" sqref="D116"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="8.77734375" style="3"/>
     <col min="3" max="3" width="10.21875" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.21875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="8.77734375" style="3"/>
     <col min="6" max="6" width="62.21875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.77734375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="10.5546875" customWidth="1"/>
     <col min="9" max="9" width="12.77734375" bestFit="1" customWidth="1"/>
     <col min="10" max="11" width="10" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="13.21875" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="9.21875" style="1" customWidth="1"/>
     <col min="15" max="15" width="8.77734375" style="5"/>
     <col min="16" max="16" width="12.44140625" style="3" customWidth="1"/>
     <col min="17" max="17" width="8.77734375" style="3"/>
     <col min="18" max="18" width="12.21875" style="1" customWidth="1"/>
-    <col min="19" max="19" width="11.6640625" style="1" customWidth="1"/>
+    <col min="19" max="19" width="11.77734375" style="1" customWidth="1"/>
     <col min="20" max="20" width="14.21875" style="1" customWidth="1"/>
     <col min="21" max="21" width="13.21875" style="1" customWidth="1"/>
     <col min="22" max="22" width="12.5546875" style="1" customWidth="1"/>
     <col min="23" max="23" width="13.21875" style="1" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" s="2" customFormat="1" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A1" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C1" s="12" t="s">
         <v>3</v>
       </c>
       <c r="D1" s="13" t="s">
         <v>328</v>
       </c>
       <c r="E1" s="14" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="13" t="s">
         <v>329</v>
       </c>
@@ -3075,51 +3124,51 @@
       </c>
       <c r="T8" s="28">
         <v>0</v>
       </c>
       <c r="U8" s="28">
         <v>0</v>
       </c>
       <c r="V8" s="27">
         <v>2007621</v>
       </c>
       <c r="W8" s="27">
         <f t="shared" si="0"/>
         <v>3728437</v>
       </c>
     </row>
     <row r="9" spans="1:23" s="2" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A9" s="18">
         <v>84</v>
       </c>
       <c r="B9" s="19">
         <v>2.3000000000000003</v>
       </c>
       <c r="C9" s="19">
         <v>86.3</v>
       </c>
-      <c r="D9" s="48" t="s">
+      <c r="D9" s="46" t="s">
         <v>351</v>
       </c>
       <c r="E9" s="33" t="s">
         <v>312</v>
       </c>
       <c r="F9" s="20" t="s">
         <v>313</v>
       </c>
       <c r="G9" s="20" t="s">
         <v>29</v>
       </c>
       <c r="H9" s="20" t="s">
         <v>12</v>
       </c>
       <c r="I9" s="20" t="s">
         <v>253</v>
       </c>
       <c r="J9" s="21">
         <v>913</v>
       </c>
       <c r="K9" s="22">
         <v>74609</v>
       </c>
       <c r="L9" s="22">
         <v>8612500</v>
@@ -3426,51 +3475,51 @@
       </c>
       <c r="Q13" s="25">
         <v>0.65</v>
       </c>
       <c r="R13" s="27">
         <v>1491757</v>
       </c>
       <c r="S13" s="28">
         <v>1000000</v>
       </c>
       <c r="T13" s="28">
         <v>0</v>
       </c>
       <c r="U13" s="28">
         <v>0</v>
       </c>
       <c r="V13" s="27">
         <v>2491757</v>
       </c>
       <c r="W13" s="27">
         <f t="shared" si="0"/>
         <v>1133144</v>
       </c>
     </row>
     <row r="14" spans="1:23" s="2" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
-      <c r="A14" s="51">
+      <c r="A14" s="49">
         <v>77</v>
       </c>
       <c r="B14" s="19">
         <v>1.4000000000000001</v>
       </c>
       <c r="C14" s="19">
         <v>78.400000000000006</v>
       </c>
       <c r="D14" s="20" t="s">
         <v>367</v>
       </c>
       <c r="E14" s="33" t="s">
         <v>38</v>
       </c>
       <c r="F14" s="20" t="s">
         <v>39</v>
       </c>
       <c r="G14" s="20" t="s">
         <v>40</v>
       </c>
       <c r="H14" s="20" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="20" t="s">
         <v>19</v>
@@ -3867,51 +3916,51 @@
       </c>
       <c r="T19" s="28">
         <v>0</v>
       </c>
       <c r="U19" s="28">
         <v>0</v>
       </c>
       <c r="V19" s="27">
         <v>2100000</v>
       </c>
       <c r="W19" s="27">
         <f t="shared" si="0"/>
         <v>5582968</v>
       </c>
     </row>
     <row r="20" spans="1:23" s="2" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A20" s="18">
         <v>72</v>
       </c>
       <c r="B20" s="19">
         <v>3.6</v>
       </c>
       <c r="C20" s="19">
         <v>75.599999999999994</v>
       </c>
-      <c r="D20" s="48" t="s">
+      <c r="D20" s="46" t="s">
         <v>352</v>
       </c>
       <c r="E20" s="33" t="s">
         <v>248</v>
       </c>
       <c r="F20" s="20" t="s">
         <v>249</v>
       </c>
       <c r="G20" s="20" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="20" t="s">
         <v>12</v>
       </c>
       <c r="I20" s="20" t="s">
         <v>241</v>
       </c>
       <c r="J20" s="21">
         <v>3834</v>
       </c>
       <c r="K20" s="22">
         <v>49556</v>
       </c>
       <c r="L20" s="22">
         <v>39837290</v>
@@ -4515,51 +4564,51 @@
       </c>
       <c r="T28" s="28">
         <v>0</v>
       </c>
       <c r="U28" s="28">
         <v>0</v>
       </c>
       <c r="V28" s="27">
         <v>822120</v>
       </c>
       <c r="W28" s="27">
         <f t="shared" si="0"/>
         <v>548080</v>
       </c>
     </row>
     <row r="29" spans="1:23" s="2" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A29" s="18">
         <v>68</v>
       </c>
       <c r="B29" s="19">
         <v>1.6</v>
       </c>
       <c r="C29" s="19">
         <v>69.599999999999994</v>
       </c>
-      <c r="D29" s="48" t="s">
+      <c r="D29" s="46" t="s">
         <v>353</v>
       </c>
       <c r="E29" s="33" t="s">
         <v>191</v>
       </c>
       <c r="F29" s="20" t="s">
         <v>192</v>
       </c>
       <c r="G29" s="20" t="s">
         <v>193</v>
       </c>
       <c r="H29" s="20" t="s">
         <v>45</v>
       </c>
       <c r="I29" s="20" t="s">
         <v>107</v>
       </c>
       <c r="J29" s="21">
         <v>10045</v>
       </c>
       <c r="K29" s="22">
         <v>60517</v>
       </c>
       <c r="L29" s="22">
         <v>14547890</v>
@@ -4773,51 +4822,51 @@
       </c>
       <c r="J32" s="21">
         <v>7775</v>
       </c>
       <c r="K32" s="22">
         <v>49258</v>
       </c>
       <c r="L32" s="22">
         <v>525249</v>
       </c>
       <c r="M32" s="23">
         <v>525249</v>
       </c>
       <c r="N32" s="24">
         <v>0</v>
       </c>
       <c r="O32" s="25">
         <v>0.33</v>
       </c>
       <c r="P32" s="26">
         <v>190</v>
       </c>
       <c r="Q32" s="25">
         <v>0.65</v>
       </c>
-      <c r="R32" s="52">
+      <c r="R32" s="50">
         <v>341412</v>
       </c>
       <c r="S32" s="28">
         <v>0</v>
       </c>
       <c r="T32" s="28">
         <v>0</v>
       </c>
       <c r="U32" s="28">
         <v>0</v>
       </c>
       <c r="V32" s="27">
         <v>341412</v>
       </c>
       <c r="W32" s="27">
         <f t="shared" si="0"/>
         <v>183837</v>
       </c>
     </row>
     <row r="33" spans="1:23" s="2" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A33" s="18">
         <v>65</v>
       </c>
       <c r="B33" s="19">
         <v>3.7</v>
@@ -5667,51 +5716,51 @@
       </c>
       <c r="T44" s="28">
         <v>0</v>
       </c>
       <c r="U44" s="28">
         <v>0</v>
       </c>
       <c r="V44" s="27">
         <v>0</v>
       </c>
       <c r="W44" s="27">
         <f t="shared" si="0"/>
         <v>4571725</v>
       </c>
     </row>
     <row r="45" spans="1:23" s="2" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A45" s="18">
         <v>58</v>
       </c>
       <c r="B45" s="19">
         <v>5.9</v>
       </c>
       <c r="C45" s="19">
         <v>63.9</v>
       </c>
-      <c r="D45" s="48" t="s">
+      <c r="D45" s="46" t="s">
         <v>354</v>
       </c>
       <c r="E45" s="33" t="s">
         <v>9</v>
       </c>
       <c r="F45" s="20" t="s">
         <v>10</v>
       </c>
       <c r="G45" s="20" t="s">
         <v>11</v>
       </c>
       <c r="H45" s="20" t="s">
         <v>12</v>
       </c>
       <c r="I45" s="20" t="s">
         <v>13</v>
       </c>
       <c r="J45" s="21">
         <v>549</v>
       </c>
       <c r="K45" s="22">
         <v>42500</v>
       </c>
       <c r="L45" s="22">
         <v>4036000</v>
@@ -6243,51 +6292,51 @@
       </c>
       <c r="T52" s="28">
         <v>0</v>
       </c>
       <c r="U52" s="28">
         <v>0</v>
       </c>
       <c r="V52" s="27">
         <v>0</v>
       </c>
       <c r="W52" s="27">
         <f t="shared" si="0"/>
         <v>1076936</v>
       </c>
     </row>
     <row r="53" spans="1:23" s="2" customFormat="1" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A53" s="18">
         <v>56</v>
       </c>
       <c r="B53" s="19">
         <v>1.7</v>
       </c>
       <c r="C53" s="19">
         <v>57.7</v>
       </c>
-      <c r="D53" s="48" t="s">
+      <c r="D53" s="46" t="s">
         <v>355</v>
       </c>
       <c r="E53" s="33" t="s">
         <v>324</v>
       </c>
       <c r="F53" s="20" t="s">
         <v>325</v>
       </c>
       <c r="G53" s="20" t="s">
         <v>106</v>
       </c>
       <c r="H53" s="20" t="s">
         <v>12</v>
       </c>
       <c r="I53" s="20" t="s">
         <v>25</v>
       </c>
       <c r="J53" s="21">
         <v>322</v>
       </c>
       <c r="K53" s="22">
         <v>89440</v>
       </c>
       <c r="L53" s="22">
         <v>4182200</v>
@@ -7590,51 +7639,51 @@
       </c>
       <c r="M71" s="23">
         <v>763800</v>
       </c>
       <c r="N71" s="24">
         <v>0</v>
       </c>
       <c r="O71" s="25">
         <v>0.55000000000000004</v>
       </c>
       <c r="P71" s="26">
         <v>140</v>
       </c>
       <c r="Q71" s="25">
         <v>0.4</v>
       </c>
       <c r="R71" s="27">
         <v>0</v>
       </c>
       <c r="S71" s="28">
         <v>0</v>
       </c>
       <c r="T71" s="28">
         <v>0</v>
       </c>
-      <c r="U71" s="50">
+      <c r="U71" s="48">
         <v>534660</v>
       </c>
       <c r="V71" s="27">
         <v>534660</v>
       </c>
       <c r="W71" s="27">
         <f t="shared" si="1"/>
         <v>229140</v>
       </c>
     </row>
     <row r="72" spans="1:23" s="2" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A72" s="18">
         <v>50</v>
       </c>
       <c r="B72" s="19">
         <v>2.6</v>
       </c>
       <c r="C72" s="19">
         <v>52.6</v>
       </c>
       <c r="D72" s="20" t="s">
         <v>62</v>
       </c>
       <c r="E72" s="33" t="s">
         <v>61</v>
@@ -9564,347 +9613,484 @@
       </c>
       <c r="W99" s="32"/>
     </row>
     <row r="100" spans="1:23" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A100" s="36" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="101" spans="1:23" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A101" s="36" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="102" spans="1:23" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A102" s="36" t="s">
         <v>359</v>
       </c>
       <c r="R102" s="1" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="103" spans="1:23" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A103" s="36" t="s">
         <v>366</v>
       </c>
-      <c r="R103" s="49" t="s">
+      <c r="R103" s="47" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="104" spans="1:23" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A104" s="36" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="105" spans="1:23" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A105" s="36" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="106" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A106" s="36" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="107" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A107" s="36" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="108" spans="1:23" ht="16.2" x14ac:dyDescent="0.3">
       <c r="A108" s="36" t="s">
         <v>380</v>
       </c>
     </row>
     <row r="109" spans="1:23" x14ac:dyDescent="0.3">
       <c r="A109" s="36"/>
     </row>
     <row r="110" spans="1:23" x14ac:dyDescent="0.3">
-      <c r="C110" s="54" t="s">
+      <c r="C110" s="56" t="s">
         <v>385</v>
       </c>
-      <c r="D110" s="55"/>
-[...11 lines deleted...]
-      <c r="P110" s="56"/>
+      <c r="D110" s="57"/>
+      <c r="E110" s="57"/>
+      <c r="F110" s="57"/>
+      <c r="G110" s="57"/>
+      <c r="H110" s="57"/>
+      <c r="I110" s="57"/>
+      <c r="J110" s="57"/>
+      <c r="K110" s="57"/>
+      <c r="L110" s="57"/>
+      <c r="M110" s="57"/>
+      <c r="N110" s="57"/>
+      <c r="O110" s="57"/>
+      <c r="P110" s="58"/>
     </row>
     <row r="111" spans="1:23" ht="57.6" x14ac:dyDescent="0.3">
       <c r="C111" s="37" t="s">
         <v>350</v>
       </c>
       <c r="D111" s="38" t="s">
         <v>328</v>
       </c>
       <c r="E111" s="39" t="s">
         <v>0</v>
       </c>
       <c r="F111" s="40" t="s">
         <v>329</v>
       </c>
       <c r="G111" s="39" t="s">
         <v>330</v>
       </c>
       <c r="H111" s="39" t="s">
         <v>4</v>
       </c>
       <c r="I111" s="37" t="s">
         <v>5</v>
       </c>
       <c r="J111" s="39" t="s">
         <v>6</v>
       </c>
       <c r="K111" s="39" t="s">
         <v>7</v>
       </c>
       <c r="L111" s="35" t="s">
         <v>331</v>
       </c>
       <c r="M111" s="35" t="s">
         <v>332</v>
       </c>
       <c r="N111" s="35" t="s">
         <v>8</v>
       </c>
       <c r="O111" s="34" t="s">
         <v>333</v>
       </c>
       <c r="P111" s="37" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="112" spans="1:23" x14ac:dyDescent="0.3">
-      <c r="C112" s="41">
+      <c r="C112" s="55">
         <v>45957</v>
       </c>
-      <c r="D112" s="42" t="s">
+      <c r="D112" s="41" t="s">
         <v>344</v>
       </c>
-      <c r="E112" s="43" t="s">
+      <c r="E112" s="42" t="s">
         <v>346</v>
       </c>
-      <c r="F112" s="42" t="s">
+      <c r="F112" s="41" t="s">
         <v>347</v>
       </c>
-      <c r="G112" s="42" t="s">
+      <c r="G112" s="41" t="s">
         <v>349</v>
       </c>
-      <c r="H112" s="42" t="s">
+      <c r="H112" s="41" t="s">
         <v>36</v>
       </c>
-      <c r="I112" s="42" t="s">
+      <c r="I112" s="41" t="s">
         <v>228</v>
       </c>
-      <c r="J112" s="44">
+      <c r="J112" s="43">
         <v>2788</v>
       </c>
       <c r="K112" s="31">
         <v>138226</v>
       </c>
       <c r="L112" s="31">
         <v>10264279</v>
       </c>
       <c r="M112" s="31">
         <v>10264279</v>
       </c>
       <c r="N112" s="31">
         <v>0</v>
       </c>
-      <c r="O112" s="45">
+      <c r="O112" s="44">
         <v>0.55000000000000004</v>
       </c>
-      <c r="P112" s="46">
+      <c r="P112" s="45">
         <v>10264279</v>
       </c>
     </row>
     <row r="113" spans="3:16" x14ac:dyDescent="0.3">
-      <c r="C113" s="41">
+      <c r="C113" s="55">
         <v>45974</v>
       </c>
-      <c r="D113" s="42" t="s">
+      <c r="D113" s="41" t="s">
         <v>382</v>
       </c>
-      <c r="E113" s="43" t="s">
+      <c r="E113" s="42" t="s">
         <v>345</v>
       </c>
-      <c r="F113" s="42" t="s">
+      <c r="F113" s="41" t="s">
         <v>348</v>
       </c>
-      <c r="G113" s="42" t="s">
+      <c r="G113" s="41" t="s">
         <v>11</v>
       </c>
-      <c r="H113" s="42" t="s">
+      <c r="H113" s="41" t="s">
         <v>12</v>
       </c>
-      <c r="I113" s="42" t="s">
+      <c r="I113" s="41" t="s">
         <v>30</v>
       </c>
-      <c r="J113" s="44">
+      <c r="J113" s="43">
         <v>5521</v>
       </c>
       <c r="K113" s="31">
         <v>52670</v>
       </c>
       <c r="L113" s="31">
         <v>408763</v>
       </c>
       <c r="M113" s="31">
         <v>408763</v>
       </c>
       <c r="N113" s="31">
         <v>0</v>
       </c>
-      <c r="O113" s="45">
+      <c r="O113" s="44">
         <v>0.33</v>
       </c>
-      <c r="P113" s="46">
+      <c r="P113" s="45">
         <v>408763</v>
       </c>
     </row>
     <row r="114" spans="3:16" x14ac:dyDescent="0.3">
-      <c r="P114" s="47">
-[...1 lines deleted...]
-        <v>10673042</v>
+      <c r="C114" s="55">
+        <v>46073</v>
+      </c>
+      <c r="D114" s="41" t="s">
+        <v>393</v>
+      </c>
+      <c r="E114" s="42" t="s">
+        <v>394</v>
+      </c>
+      <c r="F114" s="41" t="s">
+        <v>396</v>
+      </c>
+      <c r="G114" s="41" t="s">
+        <v>398</v>
+      </c>
+      <c r="H114" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="I114" s="41" t="s">
+        <v>228</v>
+      </c>
+      <c r="J114" s="43">
+        <v>14456</v>
+      </c>
+      <c r="K114" s="31">
+        <v>94554</v>
+      </c>
+      <c r="L114" s="31">
+        <v>746065</v>
+      </c>
+      <c r="M114" s="31">
+        <v>746065</v>
+      </c>
+      <c r="N114" s="31">
+        <v>0</v>
+      </c>
+      <c r="O114" s="44">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="P114" s="45">
+        <v>746065</v>
       </c>
     </row>
     <row r="115" spans="3:16" x14ac:dyDescent="0.3">
-      <c r="C115" s="57" t="s">
+      <c r="C115" s="55">
+        <v>46073</v>
+      </c>
+      <c r="D115" s="41" t="s">
+        <v>393</v>
+      </c>
+      <c r="E115" s="42" t="s">
+        <v>395</v>
+      </c>
+      <c r="F115" s="41" t="s">
+        <v>397</v>
+      </c>
+      <c r="G115" s="41" t="s">
+        <v>398</v>
+      </c>
+      <c r="H115" s="41" t="s">
+        <v>36</v>
+      </c>
+      <c r="I115" s="41" t="s">
+        <v>228</v>
+      </c>
+      <c r="J115" s="43">
+        <v>14456</v>
+      </c>
+      <c r="K115" s="31">
+        <v>94554</v>
+      </c>
+      <c r="L115" s="31">
+        <v>5710651</v>
+      </c>
+      <c r="M115" s="31">
+        <v>5710651</v>
+      </c>
+      <c r="N115" s="31">
+        <v>0</v>
+      </c>
+      <c r="O115" s="44">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="P115" s="45">
+        <v>5710651</v>
+      </c>
+    </row>
+    <row r="116" spans="3:16" x14ac:dyDescent="0.3">
+      <c r="C116" s="55">
+        <v>46087</v>
+      </c>
+      <c r="D116" s="54" t="s">
+        <v>399</v>
+      </c>
+      <c r="E116" s="42" t="s">
+        <v>400</v>
+      </c>
+      <c r="F116" s="54" t="s">
+        <v>401</v>
+      </c>
+      <c r="G116" s="54" t="s">
+        <v>205</v>
+      </c>
+      <c r="H116" s="54" t="s">
+        <v>18</v>
+      </c>
+      <c r="I116" s="54" t="s">
+        <v>80</v>
+      </c>
+      <c r="J116" s="43">
+        <v>3314</v>
+      </c>
+      <c r="K116" s="31">
+        <v>65433</v>
+      </c>
+      <c r="L116" s="31">
+        <v>2389930</v>
+      </c>
+      <c r="M116" s="31">
+        <v>2389930</v>
+      </c>
+      <c r="N116" s="31">
+        <v>0</v>
+      </c>
+      <c r="O116" s="44">
+        <v>0.55000000000000004</v>
+      </c>
+      <c r="P116" s="45">
+        <v>2389930</v>
+      </c>
+    </row>
+    <row r="117" spans="3:16" x14ac:dyDescent="0.3">
+      <c r="P117" s="53">
+        <f>SUM(P112:P116)</f>
+        <v>19519688</v>
+      </c>
+    </row>
+    <row r="118" spans="3:16" x14ac:dyDescent="0.3">
+      <c r="C118" s="59" t="s">
         <v>392</v>
       </c>
-      <c r="D115" s="57"/>
-[...9 lines deleted...]
-      <c r="C116" s="37" t="s">
+      <c r="D118" s="59"/>
+      <c r="E118" s="59"/>
+      <c r="F118" s="59"/>
+      <c r="G118" s="59"/>
+      <c r="H118" s="59"/>
+      <c r="I118" s="59"/>
+      <c r="J118" s="59"/>
+      <c r="K118" s="59"/>
+      <c r="P118" s="51"/>
+    </row>
+    <row r="119" spans="3:16" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="C119" s="37" t="s">
         <v>387</v>
       </c>
-      <c r="D116" s="38" t="s">
+      <c r="D119" s="38" t="s">
         <v>328</v>
       </c>
-      <c r="E116" s="39" t="s">
-[...2 lines deleted...]
-      <c r="F116" s="40" t="s">
+      <c r="E119" s="39" t="s">
+        <v>0</v>
+      </c>
+      <c r="F119" s="52" t="s">
         <v>329</v>
       </c>
-      <c r="G116" s="37" t="s">
+      <c r="G119" s="37" t="s">
         <v>331</v>
       </c>
-      <c r="H116" s="37" t="s">
+      <c r="H119" s="37" t="s">
         <v>388</v>
       </c>
-      <c r="I116" s="37" t="s">
+      <c r="I119" s="37" t="s">
         <v>389</v>
       </c>
-      <c r="J116" s="37" t="s">
+      <c r="J119" s="60" t="s">
         <v>390</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C117" s="43">
+      <c r="K119" s="60"/>
+    </row>
+    <row r="120" spans="3:16" x14ac:dyDescent="0.3">
+      <c r="C120" s="42">
         <v>285.3</v>
       </c>
-      <c r="D117" s="42" t="s">
+      <c r="D120" s="41" t="s">
         <v>391</v>
       </c>
-      <c r="E117" s="43" t="s">
+      <c r="E120" s="42" t="s">
         <v>203</v>
       </c>
-      <c r="F117" s="20" t="s">
+      <c r="F120" s="20" t="s">
         <v>204</v>
       </c>
-      <c r="G117" s="22">
+      <c r="G120" s="22">
         <v>763800</v>
       </c>
-      <c r="H117" s="22">
+      <c r="H120" s="22">
         <v>763800</v>
       </c>
-      <c r="I117" s="45">
+      <c r="I120" s="44">
         <v>0.7</v>
       </c>
-      <c r="J117" s="50">
+      <c r="J120" s="61">
         <v>534660</v>
       </c>
+      <c r="K120" s="61"/>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:Z97">
     <sortCondition descending="1" ref="C2:C97"/>
   </sortState>
-  <mergeCells count="2">
+  <mergeCells count="4">
     <mergeCell ref="C110:P110"/>
-    <mergeCell ref="C115:J115"/>
+    <mergeCell ref="C118:K118"/>
+    <mergeCell ref="J119:K119"/>
+    <mergeCell ref="J120:K120"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="R103" r:id="rId1" xr:uid="{E11F164D-77D3-4061-ACD1-3D17D9B3959C}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="50" fitToHeight="0" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId2"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"-,Bold"&amp;14CWFP SFY26 Funding List
-January 6, 2026
+January 8, 2026 (updated March 11, 2026)
 </oddHeader>
     <oddFooter>Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
       <vt:lpstr>Sheet1!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CWFP SFY 2026 Funding List</dc:title>
-  <dc:subject>Clean Water Fund Program State Fiscal Year 2026 Funding List</dc:subject>
-[...1 lines deleted...]
-  <cp:keywords>Clean Water Fund Program (CWFP) State Fiscal Year (SFY) 2026 Funding List</cp:keywords>
+  <dc:subject>Clean Water Fund Program (CWFP) State Fiscal Year (SFY) 2026 Funding List</dc:subject>
+  <dc:creator>Bushby, Lisa; Wisconsin DNR Environmental Loans Section</dc:creator>
+  <cp:keywords>Clean Water Fund Program, CWFP, State Fiscal Year, SFY, 2026, Funding List</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>